--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -10,140 +10,2660 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1840" uniqueCount="870">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>8327</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>PEL</t>
+  </si>
+  <si>
+    <t>Projeto de Emenda à Lei Orgânica</t>
+  </si>
+  <si>
+    <t>Mesa Diretora</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8327/pelo_001-2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera o §4 do art. 17  da Lei Orgânica do Município, que dispõe do período de licença por interesse particular no Município de Beberibe na forma que indica.</t>
+  </si>
+  <si>
     <t>8234</t>
   </si>
   <si>
-    <t>2026</t>
-[...4 lines deleted...]
-  <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>Mesa Diretora</t>
-[...2 lines deleted...]
-    <t>https://sapl.beberibe.ce.leg.br/media/</t>
+    <t>http://sapl.beberibe.ce.leg.br/media/</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Complementar n. 039, de 06 de janeiro de 2022, na forma que indica.</t>
   </si>
   <si>
+    <t>8351</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>Michele Cariello de Sá Queiroz Rocha</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8351/plc_002-2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera o Anexo II da Lei Complementar n. 16, de 01 de fevereiro de 2017, que trata da tabela de vencimentos em classes e níveis dos Agentes de Trânsito e Transporte, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>8418</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8418/plc_003-2026_compressed.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a estrutura administrativa e organograma de cargos das secretarias e dá outras providências.</t>
+  </si>
+  <si>
     <t>8231</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>Michele Cariello de Sá Queiroz Rocha</t>
-[...2 lines deleted...]
-    <t>https://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8231/pl_001_2026.pdf</t>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8231/pl_001_2026.pdf</t>
   </si>
   <si>
     <t>Autoriza a adequação dos vencimentos pagos aos servidores públicos municipais na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>8232</t>
   </si>
   <si>
-    <t>2</t>
-[...2 lines deleted...]
-    <t>https://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8232/pl_002_2026_completo.pdf</t>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8232/pl_002_2026_completo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a extinção do Cargo Efetivo de Auxiliar de Enfermagem, no Âmbito do Executivo, e o aproveitamento dos atuais ocupantes no cargo efetivo de técnico de enfermagem, e dá outras providências.</t>
   </si>
   <si>
     <t>8233</t>
   </si>
   <si>
-    <t>3</t>
-[...2 lines deleted...]
-    <t>https://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8233/pl_003_2026.pdf</t>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8233/pl_003_2026.pdf</t>
   </si>
   <si>
     <t>Adequa os vencimentos dos Agentes Comunitários de Saúde e dos Agentes de Combate às Endemias, em consonância com a Emenda Constitucional n. 120/2022, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>8236</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8236/pl_004-2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do Conselho Municipal dos Direitos da Pessoa com Deficiência de Beberibe, do Fundo Municipal dos Direitos da Pessoa com Deficiência, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>8237</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8237/pl_005-2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a promoção da alimentação adequada e saudável no ambiente escolar, por meio da educação alimentar e nutricional e da regulação da distribuição, comercialização e comunicação mercadológica de alimentos e bebidas nas unidades escolares das Rede Pública e Privada de Educação Básica no Município de Beberibe, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>8238</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8238/pl_006-2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe da atualização da tabela salarial constante do Anexo VII, da lei n. 1.027, de 26 de março de 2010, fixa o piso salarial profissional do magistério público municipal para o exercício de 2026, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>8235</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>Chico Cândido</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8235/pl_007-2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a proibição de cobrança por pessoas físicas e jurídicas de direito privado da chamada "taxa de flanelinha", referente a estacionamentos de veículos em espaços públicos de qualquer natureza no âmbito do município de Beberibe/CE, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>8352</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8352/pl_008-2026.pdf</t>
+  </si>
+  <si>
+    <t>Reajusta os vencimentos pagos aos servidores públicos municipais na forma que indica e dá outras providências.</t>
+  </si>
+  <si>
+    <t>8426</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8426/pl_009-2026.pdf</t>
+  </si>
+  <si>
+    <t>Institui programa de Recuperação Fiscal (REFIS) no Município de Beberibe, na forma que indica e dá outras providências.</t>
+  </si>
+  <si>
+    <t>8427</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8427/pl_010-2026.pdf</t>
+  </si>
+  <si>
+    <t>Ratifica o termo aditivo ao protocolo de intenções do consórcio público de saúde da microrregião de Cascavel e dá outras providências.</t>
+  </si>
+  <si>
+    <t>8460</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8460/pl_011-2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal n. 889, de 04 de abril de 2007, na forma que indica e dá outras providências</t>
+  </si>
+  <si>
+    <t>8461</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8461/pl_012-2026.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Conselho Municipal de Promoção e Defesa dos Direitos Humanos de lésbicas, gays, bissexuais, travestis, transexuais, queers, intersexuais, assexuais e mais (LGBTQIA+) no município de Beberibe e dá outras providências.</t>
+  </si>
+  <si>
+    <t>8239</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>Gabriel Oliveira</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8239/pdl_001-2026.pdf</t>
+  </si>
+  <si>
+    <t>Denomina de Rua José Clerton Nogueira uma via ainda sem denominação oficial, situada na Localidade de Cohab, Município de Beberibe/CE, conforme croqui de localização em anexo.</t>
+  </si>
+  <si>
+    <t>8240</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8240/pdl_002-2026.pdf</t>
+  </si>
+  <si>
+    <t>Denomina de Rua Liponga uma via ainda sem denominação oficial, situada na Localidade de Barra da Sucatinga, Município de Beberibe/CE, conforme croqui de localização em anexo.</t>
+  </si>
+  <si>
+    <t>8241</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8241/pdl_003-2026.pdf</t>
+  </si>
+  <si>
+    <t>Denomina de Rua Zé Tota uma via ainda sem denominação oficial, situada na Localidade de Barra da Sucatinga, Município de Beberibe/CE, conforme croqui de localização em anexo.</t>
+  </si>
+  <si>
+    <t>8242</t>
+  </si>
+  <si>
+    <t>Enfermeira Elizangela</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8242/pdl_004-2026.pdf</t>
+  </si>
+  <si>
+    <t>Denomina de Rua Valdenora da Paz uma rua ainda sem denominação oficial, situada no Distrito de Sucatinga, Município de Beberibe/CE, conforme croqui de localização em anexo.</t>
+  </si>
+  <si>
+    <t>8243</t>
+  </si>
+  <si>
+    <t>Samba</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8243/pdl_005-2026.pdf</t>
+  </si>
+  <si>
+    <t>Denomina de Rua Maria Vanda da Silva Monteiro, uma rua sem denominação oficial na localidade Sucatinga, em Beberibe/CE, conforme croqui de localização em anexo.</t>
+  </si>
+  <si>
+    <t>8323</t>
+  </si>
+  <si>
+    <t>Beto Sombra</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8323/pdl_006-2026.pdf</t>
+  </si>
+  <si>
+    <t>Denomina de Rua Manoel dos Anjos uma via sem denominação oficial, situada na localidade do Onofre, no Município de Beberibe/CE, conforme croqui de localização em anexo.</t>
+  </si>
+  <si>
+    <t>8324</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8324/pdl_007-2026.pdf</t>
+  </si>
+  <si>
+    <t>Concede o Título de Cidadão Beberibense ao Sr. Manoel Domingos Abreu Netto, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8325</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8325/pdl_008-2026.pdf</t>
+  </si>
+  <si>
+    <t>Denomina de Rua Vilani Gama uma via sem denominação oficial, situada na localidade do Tracuá, no Município de Beberibe/CE, conforme croqui de localização em anexo.</t>
+  </si>
+  <si>
+    <t>8329</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8329/pdl_009-2026.pdf</t>
+  </si>
+  <si>
+    <t>Denomina de Rua José Camelo Nogueira uma via ainda sem denominação oficial, situada no centro, na sede do Município de Beberibe/CE, conforme croqui de localização em anexo.</t>
+  </si>
+  <si>
+    <t>8330</t>
+  </si>
+  <si>
+    <t>André da Ração</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8330/pdl_010-2026.pdf</t>
+  </si>
+  <si>
+    <t>Denomina de Rua Francisco Lucion Lima uma via sem denominação oficial, situada na localidade da Lagoinha, no Município de Beberibe/CE, conforme croqui de localização em anexo.</t>
+  </si>
+  <si>
+    <t>8331</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8331/pdl_011-20261.pdf</t>
+  </si>
+  <si>
+    <t>Denomina de Rua Francisco Fernandes Filho uma via sem denominação oficial, situada no Distrito de Serra do Félix, no Município de Beberibe/CE, conforme croqui de localização em anexo.</t>
+  </si>
+  <si>
+    <t>8332</t>
+  </si>
+  <si>
+    <t>Arlindo Carvalho</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8332/pdl_012-2026.pdf</t>
+  </si>
+  <si>
+    <t>Concede o Título de Cidadão Beberibense ao Sr. Kamar Oliveira dos Santos, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8333</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8333/pdl_013-2026.pdf</t>
+  </si>
+  <si>
+    <t>Concede, post mortem, o Título de Cidadão Beberibense ao Sr. Francisco Helder Sousa dos Anjos na forma que indica.</t>
+  </si>
+  <si>
+    <t>8353</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>Vando Garcia</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8353/pdl_014-2026.pdf</t>
+  </si>
+  <si>
+    <t>Denomina de Travessa Maria Marques Soares uma via sem denominação oficial, situada no Distrito de Parajuru, no Município de Beberibe/CE, conforme croqui de localização em anexo.</t>
+  </si>
+  <si>
+    <t>8354</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8354/pdl_015-2026.pdf</t>
+  </si>
+  <si>
+    <t>Denomina de Rua Elias Luiz dos Reis uma via sem denominação oficial, situada no Distrito de Parajuru, no Município de Beberibe/CE, conforme croqui de localização em anexo.</t>
+  </si>
+  <si>
+    <t>8355</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8355/pdl_016-2026.pdf</t>
+  </si>
+  <si>
+    <t>Denomina de Rua Antônio Ribeiro da Silva uma via sem denominação oficial, situada no Distrito de Parajuru, no Município de Beberibe/CE, conforme croqui de localização em anexo.</t>
+  </si>
+  <si>
+    <t>8356</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8356/pdl_017-2026.pdf</t>
+  </si>
+  <si>
+    <t>Denomina de Rua Maria Simões Inacio uma via sem denominação oficial, situada no Distrito de Parajuru, no Município de Beberibe/CE, conforme croqui de localização em anexo.</t>
+  </si>
+  <si>
+    <t>8385</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>David do Parajurú</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8385/pdl_018-2026.pdf</t>
+  </si>
+  <si>
+    <t>Denomina de Rua Maria José da Costa Ribeiro uma via sem denominação oficial, situada na localidade da Ponta D´água II, no Município de Beberibe/CE, conforme croqui de localização em anexo.</t>
+  </si>
+  <si>
+    <t>8386</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8386/pdl_019-2026.pdf</t>
+  </si>
+  <si>
+    <t>Denomina de Rua Nacilio da Cunha Ferreira uma via sem denominação oficial, situada na localidade da Ponta D´água II, no Município de Beberibe/CE, conforme croqui de localização em anexo.</t>
+  </si>
+  <si>
+    <t>8387</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8387/pdl_020-2026.pdf</t>
+  </si>
+  <si>
+    <t>Denomina de Rua Francisco Alves Pinheiro uma via sem denominação oficial, situada na localidade da Ponta D´água II, no Município de Beberibe/CE, conforme croqui de localização em anexo.</t>
+  </si>
+  <si>
+    <t>8425</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>João da Palmeira</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8425/pdl_021-20261.pdf</t>
+  </si>
+  <si>
+    <t>Denomina de Paulo Ribeiro de Azevedo a passagem molhada situada na Localidade de Umari Palmeira, no Município de Beberibe, conforme croqui de localização em anexo.</t>
+  </si>
+  <si>
+    <t>8389</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8389/pdl_022-20261.pdf</t>
+  </si>
+  <si>
+    <t>Concede o Título de Cidadão Beberibense ao Sr. John Lennon Lima Silva Demontiez, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8390</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8390/pdl_023-20261.pdf</t>
+  </si>
+  <si>
+    <t>Denomina de Rua Fernando Sabino uma via ainda sem denominação oficial, situada na Localidade de Lagoinha, Beberibe/CE, conforme croqui de localização em anexo.</t>
+  </si>
+  <si>
+    <t>8391</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>Amarildo</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8391/pdl_024-20261.pdf</t>
+  </si>
+  <si>
+    <t>Concede o Título de Cidadão Beberibense ao Sr. Gino da Silva Bento, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8392</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8392/pdl_025-20261.pdf</t>
+  </si>
+  <si>
+    <t>Denomina de Rua Tereza Rodrigues da Silva uma via sem denominação oficial, situada na localidade do Tracuá, no Município de Beberibe/CE, conforme croqui de localização em anexo.</t>
+  </si>
+  <si>
+    <t>8419</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8419/pdl_026-2026_2.pdf</t>
+  </si>
+  <si>
+    <t>Concede a Comenda José Nunes Vieira (Comenda Zé Tomé) a Exma. Sra. Michele Cariello de Sá Queiroz Rocha, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8420</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8420/pdl_027-2026_2.pdf</t>
+  </si>
+  <si>
+    <t>Concede a Comenda José Nunes Vieira (Comenda Zé Tomé) ao Sr. Francisco Carlos Rodrigues do Nascimento, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8421</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8421/pdl_028-2026_2.pdf</t>
+  </si>
+  <si>
+    <t>Concede a Comenda José Nunes Vieira (Comenda Zé Tomé) ao Sr. Francisco Márcio Félix de Lima, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8422</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8422/pdl_029-2026_2.pdf</t>
+  </si>
+  <si>
+    <t>Concede a Comenda José Nunes Vieira (Comenda Zé Tomé) ao Sr. Israel da Silva Alencar, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8423</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8423/pdl_030-2026_2.pdf</t>
+  </si>
+  <si>
+    <t>Concede a Comenda José Nunes Vieira (Comenda Zé Tomé) ao Sr. Nycolas dos Santos Lima, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8424</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8424/pdl_031-2026_2.pdf</t>
+  </si>
+  <si>
+    <t>Concede a Comenda José Nunes Vieira (Comenda Zé Tomé) ao Sr. Lindomar Fernandes de Lima, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8388</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>COMFIN - Comissão de Finanças e Orçamento</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8388/projeto_de_decreto_legislativo_n_032.2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre as contas de Governo do Município de Beberibe, do exercício financeiro de 2023, de responsabilidade da Prefeita Michele Queiroz na forma que indica.</t>
+  </si>
+  <si>
+    <t>8428</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8428/pdl_033-20261.pdf</t>
+  </si>
+  <si>
+    <t>Denomina de Rua Reinaldo Alves de Carvalho uma via sem denominação oficial, situada na localidade do Uruaú, no Distrito de Sucatinga, Município de Beberibe/CE, conforme croqui de localização em anexo.</t>
+  </si>
+  <si>
+    <t>8328</t>
+  </si>
+  <si>
+    <t>PRE</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>Altera o inciso II do art. 92 do  Regimento Interno da Câmara de Beberibe que dispõe sobre a Interrupção e da Suspensão do Exercício da Vereança e das vagas na forma que indica e dá outras providências.</t>
+  </si>
+  <si>
+    <t>8245</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>Natan do Corte</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8245/req_0001-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer uma ambulância para a Unidade de Saúde da localidade de Surubim, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8246</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8246/req_0002-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a realização do atendimento itinerante da equipe médica do CAPS nos Programas Saúde das famílias (PSFs) no Sertão, no Município de Beberibe/CE, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8247</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8247/req_0003-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer que o Campo de Futebol do Distrito da Serra do Félix seja transformado em um Estádio, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8248</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8248/req_0004-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a recuperação e manutenção da estrada que liga Lagoa Queimada ao Alto Alegre do Davi, até as margens do rio, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8249</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8249/req_0005-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a instalação de um ícone de boas-vindas na entrada do Distrito de Serra do Félix, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8250</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8250/req_0006-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a construção de um abrigo com parada de ônibus na entrada do Distrito de Serra do Félix, no entroncamento com a BR 116, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8251</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8251/req_0007-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a construção de uma praça e um parque infantil na comunidade de Boqueirão dos Pereiras, no Distrito de Serra do Félix, na forma que indica</t>
+  </si>
+  <si>
+    <t>8252</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8252/req_0008-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a construção de uma praça e um parque infantil na comunidade de Vila Nova, no Distrito de Serra do Félix, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8253</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8253/req_0009-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a construção de uma avenida em pedra tosca no Assentamento Massaranduba, com instalação de postes e iluminação pública, no Distrito de Serra do Félix, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8254</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8254/req_0010-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a implantação da rede de abastecimento de água no Assentamento Massaranduba, por trás da serra, no Distrito de Serra do Félix, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8255</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8255/req_0011-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a recuperação com barreamento na avenida do Assentamento Massaranduba, por trás da serra, no Distrito de Serra do Félix, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8256</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8256/req_0012-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a construção de duas (02) passagens de pedestres elevadas na CE 497, no trecho da comunidade de Boqueirão dos Pereiras, no Distrito de Serra do Félix, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8257</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8257/req_0013-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a construção de duas (02) passagens de pedestres elevadas na CE 497, no trecho da comunidade de Vila Nova, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8258</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8258/req_0014-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a disponibilização de um orientador de trânsito na CE 497, na travessia dos alunos da Escola Benedito Evaristo Pinheiro, no Distrito de Serra do Félix, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8259</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8259/req_0015-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a recuperação da estrada carroçal (vicinal) na Serra, Surubim, Lagoa Queimada, Assentamento Santa Maria e Tapuio, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8260</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8260/req_0016-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a recuperação com barreamento da estrada do Assentamento Nova Esperança até Umari Casa Forte, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8261</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8261/req_0017-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a recuperação com barreamento da estrada da Serra do Félix à Sussuarana, Barro Preto, Lagoa dos Santos, Cadeirinhas até Lagoa Queimada, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8262</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8262/req_0018-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a recuperação com barreamento da avenida do Assentamento Umari Casa Forte, na Rua Sólon, Beco dos Quincos, Umari centro até a Placa, no Distrito de Serra do Félix, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8263</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8263/req_0019-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a criação de uma Sala de Atendimento Educacional Especializado (AEE) na Escola José Cordeiro, na localidade de Surubim, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8264</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8264/req_0020-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a criação de uma Sala de Atendimento Educacional Especializado (AEE) na Escola Gregório Bezerra da Silva, na localidade de Lagoa Queimada, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8265</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8265/req_0021-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a reforma da Escola Gregório Bezerra da Silva, na localidade de Lagoa Queimada, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8266</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8266/req_0022-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a reforma da Escola Betesda, na localidade de Boqueirão do Cesário, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8267</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8267/req_0023-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a retomada da obra da Areninha da localidade de Boqueirão do Cesário, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8268</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8268/req_0024-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a reativação do chafariz localizado próximo à Escola Benedito Evaristo Pinheiro, no Distrito Serra do Félix, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8269</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8269/req_0025-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja feito o calçamento da Rua do Trafo, no trecho compreendido entre as margens da CE-497 até a localidade Cacimba do Arroz, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8270</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8270/req_0026-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja feito o asfaltamento das ruas do entorno da Igreja Matriz do Distrito de Serra do Félix, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8271</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8271/req_0027-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a recuperação dos calçamentos danificados nas principais ruas do Distrito de Serra do Félix, tais como Rua Boa Vista, Rua Nova, Rua do Trafo, entre outras, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8272</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8272/req_0028-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja feito o calçamento da Rua Pedro Raimundo de Morais, localizada no Centro do Distrito de Serra do Félix, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8273</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8273/req_0029-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja feito o calçamento da Rua Maria Estevo de Morais, localizada no centro do Distrito de Serra do Félix, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8274</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8274/req_0030-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja feito o calçamento da Rua Maria Ventura de Morais (Rua do Céu), localizada no Distrito de Serra do Félix, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8275</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8275/req_0031-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja feito o calçamento da Rua São Luís, localizada no Distrito de Serra do Félix, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8276</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8276/req_0032-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja feito o calçamento da Rua Josias de Morais, localizada no Distrito de Serra do Félix, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8277</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8277/req_0033-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a construção de banheiros masculinos e femininos, bem como vestiários, no Ginásio da comunidade de Boqueirão do Cesário, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8278</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8278/req_0034-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a construção de banheiros masculinos e femininos, bem como vestiários, no Ginásio do Distrito de Serra do Félix, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8279</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8279/req_0035-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a construção de uma sala destinada à implantação de um berçário na Escola Betesda, na localidade de Boqueirão do Cesário, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8280</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8280/req_0036-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja feita, em caráter de emergência, a recuperação da parede do açude público do Surubim, bem como a construção/adequação do sangradouro do referido açude, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8281</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8281/req_0037-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a ampliação da adutora de abastecimento de água do Surubim de cima até a Rua Daniel Rufino, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8282</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8282/req_0038-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja feita uma parada de ônibus com coberta para os estudantes, na localidade do Tracuá, em frente à Igreja, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8283</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8283/req_0039-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja disponibilizada uma ambulância nova para a Unidade de Saúde do Distrito de Serra do Félix, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8284</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8284/req_0040-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a construção de um poço profundo na comunidade Sítio Ostra, no Distrito de Parajuru, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8285</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8285/req_0041-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a construção de um chafariz com poço profundo, na localidade de Barrinha do Lino, no Distrito de Parajuru, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8286</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8286/req_0042-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a construção de um bueiro no acesso da praia da Gamboa, no Distrito de Parajuru, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8287</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8287/req_0043-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a construção de um bueiro no acesso ao Viveiro da Associação ACPP, no Distrito de Parajuru, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8288</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8288/req_0044-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer que se passe a máquina motoniveladora na Localidade de Tabuba dos Marcelinos, no Distrito de Sucatinga, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8289</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8289/req_0045-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a manutenção e requalificação do bueiro da Rua do Comércio, no Distrito de Parajuru, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8290</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8290/req_0046-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a construção e ampliação de salas no Centro Infantil Stela Maris, no Distrito de Parajuru, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8291</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8291/req_0047-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a manutenção do chafariz da localidade do Carrapicho, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8292</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8292/req_0048-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a manutenção na estrada da localidade do Carrapicho, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8293</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8293/req_0049-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a manutenção e melhorias no Ginásio Poliesportivo do Distrito de Parajuru, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8294</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8294/req_0050-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a troca da iluminação pública convencional por iluminação em LED na Rua Ana Monteiro, no distrito de Parajuru, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8295</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8295/req_0051-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a troca da iluminação pública convencional por iluminação em LED na Rua Coronel Aderaldo, no Distrito de Parajuru, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8296</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8296/req_0052-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a troca da iluminação pública convencional por iluminação em LED na Rua José Sabino, no distrito de Parajuru, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8297</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8297/req_0053-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a instalação de iluminação pública no trecho Barrinha dos Linos - Tapuio, no distrito de Parajuru, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8298</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8298/req_0054-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a construção de um ponto de apoio para mototaxistas no distrito de Parajuru, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8299</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8299/req_0055-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a pavimentação em pedra tosca na Rua Antônio Biete, no distrito de Parajuru, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8300</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8300/req_0056-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a manutenção da pavimentação na Rua José Sabino, Rua João Monteiro e Rua Ana Monteiro, no distrito de Parajuru, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8301</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8301/req_0057-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a sinalização vertical e horizontal na Avenida Monsenhor Dourado e na Rua Coronel Aderaldo, no distrito de Parajuru, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8302</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8302/req_0058-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a substituição das lâmpadas convencionais por lâmpadas de LED na iluminação pública da Rua 2, Sítio Portas, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8303</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8303/req_059_2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a viabilização de um redutor de velocidade para a Rua Anízio Joaquim de Almeida, na localidade Barra da Sucatinga, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8304</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8304/req_0060-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a viabilização de pavimentação asfáltica para a Rua Carolina Pires Rodrigues, na Localidade Lagoinha, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8305</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8305/req_061_2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a manutenção da estrada da Localidade Tracuá, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8306</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8306/req_0062-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a reforma na Escola Municipal José Bessa, no Morro Branco, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8307</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8307/req_0063-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a reforma do Ginásio do Morro Branco, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8308</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8308/req_0064-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a reforma da praça do Conjunto Habitacional do Morro Branco, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8309</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8309/req_0065-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a manutenção da academia da saúde na praça da Marina, no Morro Branco, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8310</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8310/req_0066-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer que se passe a motoniveladora (Patrol) na estrada do Tracuá, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8311</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8311/req_0067-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a colocação de asfalto na estrada dos Caetanos, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8322</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8322/req_0068-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja realizada a reforma e a requalificação dos Correios, do distrito de Serra do Félix, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8312</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8312/req_0069-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja realizada a ampliação do terreno do Cemitério Público do Distrito de Serra do Félix, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8313</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8313/req_0070-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja realizada a recuperação do muro do Posto de Saúde do Distrito de Serra do Félix, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8314</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8314/req_0071-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a colocação de piso intertravado na Rua Maria Costa Correia, no Sítio Leite, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8315</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8315/req_0072-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a pavimentação em pedra tosca, bem como a manutenção e recuperação da iluminação pública da Rua José Almeida Gama, no Morro Branco, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8316</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8316/req_0073-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer que se passe a motoniveladora (Patrol) na estrada do Cumbe, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8317</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8317/req_0074-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer que se passe a motoniveladora (Patrol) na estrada do Carrapicho, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8318</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8318/req_0075-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer que se passe a motoniveladora (Patrol) na estrada do Córrego da Isabel, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8319</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8319/req_0076-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer que se passe a motoniveladora (Patrol) na estrada do Córrego do Pântano, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8320</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8320/req_0077-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a instalação de 02 (dois) quebra-molas na localidade do Córrego do Pântano, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8321</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8321/req_0078-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a construção de uma parada de ônibus destinada aos alunos da localidade de Tracuá, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8334</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8334/req_0079-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja feito o calçamento da Rua da Prefeitura na comunidade de Boqueirão do Cesário, no Distrito de Serra do Félix, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8335</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8335/req_0080-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a reposição da bomba submersa do poço de água da Vila do Córrego do Pântano, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8337</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8337/req_0081-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer o barreamento das Ruas 17 e 18 no Sítio Portas, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8336</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8336/req_0082-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a substituição das lâmpadas comuns por lâmpadas de Led na comunidade do Morro Branco, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8338</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8338/req_0083-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a reforma do Mercado do Peixe na comunidade do Morro Branco, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8339</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8339/req_0084-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a manutenção dos 03 (três) acessos na rota turística dos passeios de buggy, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8340</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8340/req_0085-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a manutenção das estradas das seguintes Localidades: Umari Palmeira, Amarelas, Tanques, Amburana, Encruzilhada e Pau Branco, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8341</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8341/req_0086-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a manutenção da estrada do Córrego de Santa Maria 2 e 3, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8342</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8342/req_0087-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a manutenção da Rua José Alexandre Ferreira na localidade da Palmeira, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8344</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8344/req_0088-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a manutenção da iluminação pública na Localidade de Pau Branco, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8343</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8343/req_0089-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a construção de uma praça com academia ao ar livre na Localidade de Amburana, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8345</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8345/req_0090-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a construção de uma praça com academia ao ar livre na Localidade de Umari Palmeira, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8346</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8346/req_0091-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a construção de uma praça com academia ao ar livre na Localidade de Várzea da Serra, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8347</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8347/req_0092-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a construção de um campo de várzea na localidade de Umari Palmeira, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8348</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8348/req_0093-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a construção de 02 (dois) banheiros no Ginásio do Distrito de Parajuru, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8349</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8349/req_0094-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a criação de uma Sala de Atendimento Educacional Especializado (AEE) no Colégio Raimundo Joventino, no Distrito de Parajuru, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8350</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8350/req_0095-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a reforma do chafariz na entrada do Córrego da Isabel, na localidade do Choró, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8357</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>Requer a pavimentação em pedra tosca na Rua Raimunda Paixão, Rua Iranise Ramalho e Travessa Joaquim Cassiano, no Distrito de Parajuru, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8358</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>Requer a instalação de lombadas e quebra-molas no Bairro Coaçu, em frente à Escola CEI Stela Maris, no Distrito de Parajuru, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8359</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>Requer a construção de uma praça com academia ao ar livre no Bairro Barrinha do Lino, no Distrito de Parajuru, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8360</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>Requer a troca da iluminação pública convencional por iluminação em LED no Bairro Barrinha do Lino, no Distrito de Parajuru, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8361</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>Requer a troca da iluminação pública convencional por iluminação em LED no Bairro Coaçu, no Distrito de Parajuru, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8362</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>Requer a troca da iluminação pública convencional por iluminação em LED no Bairro Recanto, no Distrito de Parajuru, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8363</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>Requer a troca da iluminação pública convencional por iluminação em LED no Bairro Tapuio, no Distrito de Parajuru, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8364</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>Requer a troca da iluminação pública convencional por iluminação em LED na Localidade da Tabuba dos Marcelinos, no Distrito de Sucatinga, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8365</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>Requer a ampliação do Ponto de Apoio da Saúde na Comunidade do Cumbe, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8366</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>Requer a pavimentação em pedra tosca na Rua José Ferreira Filho, no Planalto Beberibe, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8367</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>Requer que se passe a motoniveladora (Patrol) na estrada da Tabuba e da Tabubinha, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8368</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>8369</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>8370</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>Requer a manutenção da iluminação pública no Loteamento Planalto Beberibe, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8371</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>Requer a manutenção da iluminação pública na Rua Zezito Silvano, que dá acesso ao Loteamento Planalto Beberibe, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8372</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>Requer a pavimentação em pedra tosca na Rua Zezito Silvano, que dá acesso ao Loteamento Planalto Beberibe, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8373</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>Requer a instalação de um bueiro na localidade do Córrego da Isabel, próximo à Igreja Católica, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8374</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>Requer a construção de uma praça com academia ao ar livre na Comunidade do Córrego da Isabel, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8375</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>Requer a construção de uma praça com academia ao ar livre na Comunidade do Córrego do Pântano, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8376</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>Requer que se passe a motoniveladora (Patrol) na estrada do Córrego de Santa Maria, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8377</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>Requer a construção de um Ponto de Apoio para atendimento médico na Localidade do Córrego da Isabel, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8378</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>Louro do Paredão</t>
+  </si>
+  <si>
+    <t>Requer a disponibilização de vinte (20) cadeiras, bem como a instalação de internet Wi-fi no Ponto de Apoio da Saúde na localidade de Várzea da Serra, no Distrito de Itapeim, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8379</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>Requer a instalação de ventiladores nas salas do Ponto de Apoio da Saúde na localidade de Várzea da Serra, no Distrito de Itapeim, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8380</t>
+  </si>
+  <si>
+    <t>119</t>
+  </si>
+  <si>
+    <t>Requer a instalação de internet Wi-fi no Ponto de Apoio da Saúde na localidade da Lagoa do Mato, no Distrito de Itapeim, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8381</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>Requer a instalação da iluminação pública ao redor do Ponto de Apoio da Saúde na localidade da Lagoa do Mato, no Distrito de Itapeim, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8382</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>Requer a reforma e manutenção, bem como o retelhamento do Ponto de Apoio da Saúde na localidade de Alto das Carnaúbas, no Distrito de Itapeim, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8383</t>
+  </si>
+  <si>
+    <t>122</t>
+  </si>
+  <si>
+    <t>Requer a reforma e pintura no prédio do CID (Centro de Inclusão Digital), bem como a instalação da iluminação pública ao redor, no Distrito de Itapeim, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8384</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>Requer a pavimentação asfáltica da Rua 01 que se inicia no Sítio Portas e vai até a Rua Raimundo Sousa Gomes, na localidade do Tracuá, Morro Branco, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8393</t>
+  </si>
+  <si>
+    <t>124</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8393/req_124-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a manutenção da estrada do Córrego do Sal, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8394</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8394/req_125-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a reforma da estrada de Umari até a Localidade dos Tanques, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8395</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8395/req_126-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a manutenção da estrada do Córrego de Santa Maria 1, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8396</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8396/req_127-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a manutenção da iluminação pública na Localidade da Palmeira, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8397</t>
+  </si>
+  <si>
+    <t>128</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8397/req_128-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a manutenção da iluminação pública na Localidade do Juazeiro, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8398</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8398/req_129-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a manutenção da iluminação pública na Localidade de Várzea da Serra, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8399</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8399/req_130-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a manutenção da iluminação pública na Localidade de Placa da Palmeira, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8400</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8400/req_131-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer o calçamento da Avenida Manoel Paixão, na localidade da Palmeira, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8401</t>
+  </si>
+  <si>
+    <t>132</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8401/req_132-2026.pdf</t>
+  </si>
+  <si>
+    <t>8402</t>
+  </si>
+  <si>
+    <t>133</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8402/req_133-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a manutenção da passagem do Raimundo Miguel em Córrego do Camará, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8403</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8403/req_134-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a manutenção da iluminação pública na rua ao lado do Depósito do Calebe, no Sítio Leite, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8404</t>
+  </si>
+  <si>
+    <t>135</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8404/req_135-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a limpeza geral da Comunidade do Sítio Lucas, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8405</t>
+  </si>
+  <si>
+    <t>136</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8405/req_136-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja feito o calçamento da Rua Manuel Gomes Ribeiro, no Loteamento Planalto Beberibe, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8406</t>
+  </si>
+  <si>
+    <t>137</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8406/req_137-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a manutenção da estrada da Comunidade de Jardim, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8407</t>
+  </si>
+  <si>
+    <t>138</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8407/req_138-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a recuperação da iluminação pública da Lagoa dos Tanques / Sucatinga, em frente ao ponto de apoio, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8408</t>
+  </si>
+  <si>
+    <t>139</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8408/req_139-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a construção de uma rampa de acessibilidade no ponto de apoio da Lagoa dos Tanques/Sucatinga, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8409</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8409/req_140-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer que se passe o caminhão de coleta de lixo, bem como a designação de um carteiro para o condomínio Villa Atlântico, no Bairro Planalto Beberibe, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8410</t>
+  </si>
+  <si>
+    <t>141</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8410/req_141-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer que se passe a motoniveladora (Patrol) na estrada da Lagoa Nova, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8411</t>
+  </si>
+  <si>
+    <t>142</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8411/req_142-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a construção de uma praça com academia ao ar livre na Comunidade de Uberaba, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8412</t>
+  </si>
+  <si>
+    <t>143</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8412/req_143-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a construção de uma praça com academia ao ar livre na Comunidade do Bom Jardim, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8413</t>
+  </si>
+  <si>
+    <t>144</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8413/req_144-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a construção de uma praça com academia ao ar livre na Comunidade do Carrapicho, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8414</t>
+  </si>
+  <si>
+    <t>145</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8414/req_145-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a revitalização da praça e construção de uma academia ao ar livre na Comunidade do Diogo, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8415</t>
+  </si>
+  <si>
+    <t>146</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8415/req_146-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a pavimentação em pedra tosca na estrada do Carrapicho até a CE-040, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8416</t>
+  </si>
+  <si>
+    <t>147</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8416/req_147-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a instalação de uma lombada na Ponta D’água II, na entrada do Itapeim, em frente ao bar Luiz Facó, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8417</t>
+  </si>
+  <si>
+    <t>148</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8417/req_148-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a manutenção da iluminação pública na estrada do Córrego do Pantâno, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8429</t>
+  </si>
+  <si>
+    <t>149</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8429/req_149-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a instalação de fumê e grades nas janelas de todos os Postos de Saúde Familiar (PSF) e Ponto de Apoio da Saúde, em todo o Município de Beberibe, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8430</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8430/req_150-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a pavimentação e o desmatamento da estrada da Lagoa Nova até o Itapeim, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8431</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8431/req_151-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a troca da iluminação pública convencional por iluminação em LED na CE 040 na entrada do Parajuru, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8432</t>
+  </si>
+  <si>
+    <t>152</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8432/req_152-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a manutenção da sala de multimeios na Escola Monsenhor Joaquim de Jesus Dourado, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8433</t>
+  </si>
+  <si>
+    <t>153</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8433/req_153-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a construção de um local adequado para abrigar os mototaxistas e passageiros na Praça e na entrada de Parajuru, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8434</t>
+  </si>
+  <si>
+    <t>154</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8434/req_154-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a implantação de redutores de velocidade e fotossensor na CE 040 na entrada de Parajuru, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8435</t>
+  </si>
+  <si>
+    <t>155</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8435/req_155-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a implantação da rede de abastecimento de água da CAGECE na área interna da Escola Raimundo Joventino do Vale, no Distrito de Parajuru, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8436</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8436/req_156-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a troca do portão da Escola Raimundo Joventino do Vale, no Distrito de Parajuru, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8437</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8437/req_157-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a climatização de todas as salas da Escola Raimundo Joventino do Vale, no Distrito de Parajuru, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8438</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8438/req_158-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer pavimentação em pedra tosca na Rua Elias Luiz dos Reis, no Distrito de Parajuru, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8439</t>
+  </si>
+  <si>
+    <t>159</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8439/req_159-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer pavimentação em pedra tosca na Rua Antônio Ribeiro da Silva, no Distrito de Parajuru, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8440</t>
+  </si>
+  <si>
+    <t>160</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8440/req_160-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer pavimentação em pedra tosca na Rua Maria Simões Inacio, no Distrito de Parajuru, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8441</t>
+  </si>
+  <si>
+    <t>161</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8441/req_161-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a limpeza das ruas e a manutenção da iluminação pública do Morro Branco, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8442</t>
+  </si>
+  <si>
+    <t>162</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8442/req_162-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a limpeza das ruas e a manutenção da iluminação pública do Tracuá, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8443</t>
+  </si>
+  <si>
+    <t>163</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8443/req_164-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a limpeza das ruas e a manutenção da iluminação pública da Marina, no Morro Branco, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8444</t>
+  </si>
+  <si>
+    <t>164</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8444/req_164-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a limpeza das ruas e a manutenção da iluminação pública do Sítio Onofre, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8445</t>
+  </si>
+  <si>
+    <t>165</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8445/req_165-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a limpeza das ruas e a manutenção da iluminação pública da Praia das Fontes, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8446</t>
+  </si>
+  <si>
+    <t>166</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8446/req_166-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a limpeza das ruas e a manutenção da iluminação pública da Praia do Diogo, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8447</t>
+  </si>
+  <si>
+    <t>167</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8447/req_167-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a limpeza das ruas e a manutenção da iluminação pública da Uberaba, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8448</t>
+  </si>
+  <si>
+    <t>168</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8448/req_168-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a limpeza das ruas e a manutenção da iluminação pública do Sítio Lucas, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8449</t>
+  </si>
+  <si>
+    <t>169</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8449/req_169-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a limpeza das ruas e a manutenção da iluminação pública do Macapá, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8450</t>
+  </si>
+  <si>
+    <t>170</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8450/req_170-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a poda das árvores e a manutenção da iluminação pública da praça do Mutirão, do Morro Branco, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8451</t>
+  </si>
+  <si>
+    <t>171</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8451/req_171-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a substituição das lâmpadas comuns por lâmpadas de Led na comunidade do Carrapicho, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8452</t>
+  </si>
+  <si>
+    <t>172</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8452/req_172-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a substituição das lâmpadas comuns por lâmpadas de Led na comunidade da Uberaba, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8453</t>
+  </si>
+  <si>
+    <t>173</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8453/req_173-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer que se passe a motoniveladora (Patrol) na estrada da Uberaba, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8454</t>
+  </si>
+  <si>
+    <t>174</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8454/req_174-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a manutenção da iluminação na estrada que liga Sucatinga à Barra, no Sítio Sanharão, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8455</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8455/req_175-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a construção de uma Unidade de Pronto Atendimento (UPA) no Município de Beberibe, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8456</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8456/req_176-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a revisão e reorganização das vagas de estacionamento destinadas a veículos particulares e taxistas no centro do Município de Beberibe, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8457</t>
+  </si>
+  <si>
+    <t>177</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8457/req_177-2026.pdf</t>
+  </si>
+  <si>
+    <t>8458</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8458/req_178-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a construção de uma praça com academia da saúde na comunidade da Uberaba, na forma que indica.</t>
+  </si>
+  <si>
+    <t>8459</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8459/req_179-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer a construção de uma praça com academia da saúde na comunidade do Carrapicho, na forma que indica.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -447,68 +2967,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.beberibe.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8231/pl_001_2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8232/pl_002_2026_completo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8233/pl_003_2026.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8327/pelo_001-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8351/plc_002-2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8418/plc_003-2026_compressed.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8231/pl_001_2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8232/pl_002_2026_completo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8233/pl_003_2026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8236/pl_004-2026.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8237/pl_005-2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8238/pl_006-2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8235/pl_007-2026.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8352/pl_008-2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8426/pl_009-2026.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8427/pl_010-2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8460/pl_011-2026.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8461/pl_012-2026.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8239/pdl_001-2026.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8240/pdl_002-2026.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8241/pdl_003-2026.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8242/pdl_004-2026.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8243/pdl_005-2026.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8323/pdl_006-2026.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8324/pdl_007-2026.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8325/pdl_008-2026.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8329/pdl_009-2026.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8330/pdl_010-2026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8331/pdl_011-20261.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8332/pdl_012-2026.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8333/pdl_013-2026.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8353/pdl_014-2026.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8354/pdl_015-2026.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8355/pdl_016-2026.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8356/pdl_017-2026.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8385/pdl_018-2026.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8386/pdl_019-2026.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8387/pdl_020-2026.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8425/pdl_021-20261.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8389/pdl_022-20261.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8390/pdl_023-20261.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8391/pdl_024-20261.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8392/pdl_025-20261.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8419/pdl_026-2026_2.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8420/pdl_027-2026_2.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8421/pdl_028-2026_2.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8422/pdl_029-2026_2.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8423/pdl_030-2026_2.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8424/pdl_031-2026_2.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8388/projeto_de_decreto_legislativo_n_032.2026.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8428/pdl_033-20261.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8245/req_0001-2026.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8246/req_0002-2026.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8247/req_0003-2026.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8248/req_0004-2026.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8249/req_0005-2026.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8250/req_0006-2026.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8251/req_0007-2026.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8252/req_0008-2026.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8253/req_0009-2026.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8254/req_0010-2026.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8255/req_0011-2026.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8256/req_0012-2026.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8257/req_0013-2026.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8258/req_0014-2026.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8259/req_0015-2026.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8260/req_0016-2026.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8261/req_0017-2026.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8262/req_0018-2026.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8263/req_0019-2026.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8264/req_0020-2026.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8265/req_0021-2026.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8266/req_0022-2026.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8267/req_0023-2026.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8268/req_0024-2026.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8269/req_0025-2026.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8270/req_0026-2026.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8271/req_0027-2026.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8272/req_0028-2026.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8273/req_0029-2026.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8274/req_0030-2026.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8275/req_0031-2026.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8276/req_0032-2026.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8277/req_0033-2026.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8278/req_0034-2026.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8279/req_0035-2026.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8280/req_0036-2026.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8281/req_0037-2026.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8282/req_0038-2026.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8283/req_0039-2026.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8284/req_0040-2026.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8285/req_0041-2026.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8286/req_0042-2026.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8287/req_0043-2026.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8288/req_0044-2026.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8289/req_0045-2026.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8290/req_0046-2026.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8291/req_0047-2026.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8292/req_0048-2026.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8293/req_0049-2026.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8294/req_0050-2026.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8295/req_0051-2026.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8296/req_0052-2026.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8297/req_0053-2026.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8298/req_0054-2026.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8299/req_0055-2026.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8300/req_0056-2026.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8301/req_0057-2026.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8302/req_0058-2026.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8303/req_059_2026.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8304/req_0060-2026.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8305/req_061_2026.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8306/req_0062-2026.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8307/req_0063-2026.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8308/req_0064-2026.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8309/req_0065-2026.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8310/req_0066-2026.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8311/req_0067-2026.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8322/req_0068-2026.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8312/req_0069-2026.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8313/req_0070-2026.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8314/req_0071-2026.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8315/req_0072-2026.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8316/req_0073-2026.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8317/req_0074-2026.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8318/req_0075-2026.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8319/req_0076-2026.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8320/req_0077-2026.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8321/req_0078-2026.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8334/req_0079-2026.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8335/req_0080-2026.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8337/req_0081-2026.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8336/req_0082-2026.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8338/req_0083-2026.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8339/req_0084-2026.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8340/req_0085-2026.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8341/req_0086-2026.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8342/req_0087-2026.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8344/req_0088-2026.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8343/req_0089-2026.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8345/req_0090-2026.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8346/req_0091-2026.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8347/req_0092-2026.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8348/req_0093-2026.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8349/req_0094-2026.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8350/req_0095-2026.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8393/req_124-2026.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8394/req_125-2026.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8395/req_126-2026.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8396/req_127-2026.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8397/req_128-2026.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8398/req_129-2026.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8399/req_130-2026.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8400/req_131-2026.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8401/req_132-2026.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8402/req_133-2026.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8403/req_134-2026.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8404/req_135-2026.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8405/req_136-2026.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8406/req_137-2026.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8407/req_138-2026.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8408/req_139-2026.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8409/req_140-2026.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8410/req_141-2026.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8411/req_142-2026.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8412/req_143-2026.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8413/req_144-2026.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8414/req_145-2026.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8415/req_146-2026.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8416/req_147-2026.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8417/req_148-2026.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8429/req_149-2026.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8430/req_150-2026.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8431/req_151-2026.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8432/req_152-2026.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8433/req_153-2026.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8434/req_154-2026.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8435/req_155-2026.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8436/req_156-2026.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8437/req_157-2026.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8438/req_158-2026.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8439/req_159-2026.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8440/req_160-2026.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8441/req_161-2026.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8442/req_162-2026.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8443/req_164-2026.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8444/req_164-2026.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8445/req_165-2026.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8446/req_166-2026.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8447/req_167-2026.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8448/req_168-2026.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8449/req_169-2026.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8450/req_170-2026.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8451/req_171-2026.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8452/req_172-2026.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8453/req_173-2026.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8454/req_174-2026.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8455/req_175-2026.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8456/req_176-2026.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8457/req_177-2026.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8458/req_178-2026.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.beberibe.ce.leg.br/media/sapl/public/materialegislativa/2026/8459/req_179-2026.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H230"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="33.85546875" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="182.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="41.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="114.140625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -536,117 +3056,6192 @@
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="G3" s="1" t="s">
+      <c r="H3" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>17</v>
       </c>
       <c r="E4" t="s">
         <v>18</v>
       </c>
       <c r="F4" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>27</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>28</v>
       </c>
       <c r="H5" t="s">
         <v>29</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>10</v>
+      </c>
+      <c r="D6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>23</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>35</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>22</v>
+      </c>
+      <c r="D7" t="s">
+        <v>31</v>
+      </c>
+      <c r="E7" t="s">
+        <v>32</v>
+      </c>
+      <c r="F7" t="s">
+        <v>23</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H7" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>38</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>27</v>
+      </c>
+      <c r="D8" t="s">
+        <v>31</v>
+      </c>
+      <c r="E8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F8" t="s">
+        <v>23</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H8" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>41</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>42</v>
+      </c>
+      <c r="D9" t="s">
+        <v>31</v>
+      </c>
+      <c r="E9" t="s">
+        <v>32</v>
+      </c>
+      <c r="F9" t="s">
+        <v>23</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H9" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>46</v>
+      </c>
+      <c r="D10" t="s">
+        <v>31</v>
+      </c>
+      <c r="E10" t="s">
+        <v>32</v>
+      </c>
+      <c r="F10" t="s">
+        <v>23</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H10" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>49</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>50</v>
+      </c>
+      <c r="D11" t="s">
+        <v>31</v>
+      </c>
+      <c r="E11" t="s">
+        <v>32</v>
+      </c>
+      <c r="F11" t="s">
+        <v>23</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="H11" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>53</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>54</v>
+      </c>
+      <c r="D12" t="s">
+        <v>31</v>
+      </c>
+      <c r="E12" t="s">
+        <v>32</v>
+      </c>
+      <c r="F12" t="s">
+        <v>55</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H12" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>58</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>59</v>
+      </c>
+      <c r="D13" t="s">
+        <v>31</v>
+      </c>
+      <c r="E13" t="s">
+        <v>32</v>
+      </c>
+      <c r="F13" t="s">
+        <v>23</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="H13" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>62</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>63</v>
+      </c>
+      <c r="D14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E14" t="s">
+        <v>32</v>
+      </c>
+      <c r="F14" t="s">
+        <v>23</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="H14" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>66</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>67</v>
+      </c>
+      <c r="D15" t="s">
+        <v>31</v>
+      </c>
+      <c r="E15" t="s">
+        <v>32</v>
+      </c>
+      <c r="F15" t="s">
+        <v>23</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="H15" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>70</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>71</v>
+      </c>
+      <c r="D16" t="s">
+        <v>31</v>
+      </c>
+      <c r="E16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F16" t="s">
+        <v>23</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H16" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>74</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>75</v>
+      </c>
+      <c r="D17" t="s">
+        <v>31</v>
+      </c>
+      <c r="E17" t="s">
+        <v>32</v>
+      </c>
+      <c r="F17" t="s">
+        <v>23</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H17" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>78</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>10</v>
+      </c>
+      <c r="D18" t="s">
+        <v>79</v>
+      </c>
+      <c r="E18" t="s">
+        <v>80</v>
+      </c>
+      <c r="F18" t="s">
+        <v>81</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="H18" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>84</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>22</v>
+      </c>
+      <c r="D19" t="s">
+        <v>79</v>
+      </c>
+      <c r="E19" t="s">
+        <v>80</v>
+      </c>
+      <c r="F19" t="s">
+        <v>55</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="H19" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>87</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>27</v>
+      </c>
+      <c r="D20" t="s">
+        <v>79</v>
+      </c>
+      <c r="E20" t="s">
+        <v>80</v>
+      </c>
+      <c r="F20" t="s">
+        <v>55</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="H20" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>90</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>42</v>
+      </c>
+      <c r="D21" t="s">
+        <v>79</v>
+      </c>
+      <c r="E21" t="s">
+        <v>80</v>
+      </c>
+      <c r="F21" t="s">
+        <v>91</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="H21" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>94</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>46</v>
+      </c>
+      <c r="D22" t="s">
+        <v>79</v>
+      </c>
+      <c r="E22" t="s">
+        <v>80</v>
+      </c>
+      <c r="F22" t="s">
+        <v>95</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="H22" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>98</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>50</v>
+      </c>
+      <c r="D23" t="s">
+        <v>79</v>
+      </c>
+      <c r="E23" t="s">
+        <v>80</v>
+      </c>
+      <c r="F23" t="s">
+        <v>99</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="H23" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>102</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>54</v>
+      </c>
+      <c r="D24" t="s">
+        <v>79</v>
+      </c>
+      <c r="E24" t="s">
+        <v>80</v>
+      </c>
+      <c r="F24" t="s">
+        <v>99</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H24" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>105</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>59</v>
+      </c>
+      <c r="D25" t="s">
+        <v>79</v>
+      </c>
+      <c r="E25" t="s">
+        <v>80</v>
+      </c>
+      <c r="F25" t="s">
+        <v>99</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="H25" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>108</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>63</v>
+      </c>
+      <c r="D26" t="s">
+        <v>79</v>
+      </c>
+      <c r="E26" t="s">
+        <v>80</v>
+      </c>
+      <c r="F26" t="s">
+        <v>81</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="H26" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>111</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>67</v>
+      </c>
+      <c r="D27" t="s">
+        <v>79</v>
+      </c>
+      <c r="E27" t="s">
+        <v>80</v>
+      </c>
+      <c r="F27" t="s">
+        <v>112</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="H27" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>115</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>71</v>
+      </c>
+      <c r="D28" t="s">
+        <v>79</v>
+      </c>
+      <c r="E28" t="s">
+        <v>80</v>
+      </c>
+      <c r="F28" t="s">
+        <v>112</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="H28" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>118</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>75</v>
+      </c>
+      <c r="D29" t="s">
+        <v>79</v>
+      </c>
+      <c r="E29" t="s">
+        <v>80</v>
+      </c>
+      <c r="F29" t="s">
+        <v>119</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="H29" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>122</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>123</v>
+      </c>
+      <c r="D30" t="s">
+        <v>79</v>
+      </c>
+      <c r="E30" t="s">
+        <v>80</v>
+      </c>
+      <c r="F30" t="s">
+        <v>91</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="H30" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>126</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>127</v>
+      </c>
+      <c r="D31" t="s">
+        <v>79</v>
+      </c>
+      <c r="E31" t="s">
+        <v>80</v>
+      </c>
+      <c r="F31" t="s">
+        <v>128</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="H31" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>131</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>132</v>
+      </c>
+      <c r="D32" t="s">
+        <v>79</v>
+      </c>
+      <c r="E32" t="s">
+        <v>80</v>
+      </c>
+      <c r="F32" t="s">
+        <v>128</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="H32" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>135</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>136</v>
+      </c>
+      <c r="D33" t="s">
+        <v>79</v>
+      </c>
+      <c r="E33" t="s">
+        <v>80</v>
+      </c>
+      <c r="F33" t="s">
+        <v>128</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="H33" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>139</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>140</v>
+      </c>
+      <c r="D34" t="s">
+        <v>79</v>
+      </c>
+      <c r="E34" t="s">
+        <v>80</v>
+      </c>
+      <c r="F34" t="s">
+        <v>128</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="H34" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>143</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>144</v>
+      </c>
+      <c r="D35" t="s">
+        <v>79</v>
+      </c>
+      <c r="E35" t="s">
+        <v>80</v>
+      </c>
+      <c r="F35" t="s">
+        <v>145</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="H35" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>148</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>149</v>
+      </c>
+      <c r="D36" t="s">
+        <v>79</v>
+      </c>
+      <c r="E36" t="s">
+        <v>80</v>
+      </c>
+      <c r="F36" t="s">
+        <v>145</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="H36" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>152</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>153</v>
+      </c>
+      <c r="D37" t="s">
+        <v>79</v>
+      </c>
+      <c r="E37" t="s">
+        <v>80</v>
+      </c>
+      <c r="F37" t="s">
+        <v>145</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="H37" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>156</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>157</v>
+      </c>
+      <c r="D38" t="s">
+        <v>79</v>
+      </c>
+      <c r="E38" t="s">
+        <v>80</v>
+      </c>
+      <c r="F38" t="s">
+        <v>158</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="H38" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>161</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>162</v>
+      </c>
+      <c r="D39" t="s">
+        <v>79</v>
+      </c>
+      <c r="E39" t="s">
+        <v>80</v>
+      </c>
+      <c r="F39" t="s">
+        <v>81</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="H39" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>165</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>166</v>
+      </c>
+      <c r="D40" t="s">
+        <v>79</v>
+      </c>
+      <c r="E40" t="s">
+        <v>80</v>
+      </c>
+      <c r="F40" t="s">
+        <v>91</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="H40" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>169</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>170</v>
+      </c>
+      <c r="D41" t="s">
+        <v>79</v>
+      </c>
+      <c r="E41" t="s">
+        <v>80</v>
+      </c>
+      <c r="F41" t="s">
+        <v>171</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="H41" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>174</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>175</v>
+      </c>
+      <c r="D42" t="s">
+        <v>79</v>
+      </c>
+      <c r="E42" t="s">
+        <v>80</v>
+      </c>
+      <c r="F42" t="s">
+        <v>99</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="H42" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>178</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>179</v>
+      </c>
+      <c r="D43" t="s">
+        <v>79</v>
+      </c>
+      <c r="E43" t="s">
+        <v>80</v>
+      </c>
+      <c r="F43" t="s">
+        <v>119</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="H43" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>182</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>183</v>
+      </c>
+      <c r="D44" t="s">
+        <v>79</v>
+      </c>
+      <c r="E44" t="s">
+        <v>80</v>
+      </c>
+      <c r="F44" t="s">
+        <v>119</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="H44" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>186</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>187</v>
+      </c>
+      <c r="D45" t="s">
+        <v>79</v>
+      </c>
+      <c r="E45" t="s">
+        <v>80</v>
+      </c>
+      <c r="F45" t="s">
+        <v>119</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H45" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>190</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>191</v>
+      </c>
+      <c r="D46" t="s">
+        <v>79</v>
+      </c>
+      <c r="E46" t="s">
+        <v>80</v>
+      </c>
+      <c r="F46" t="s">
+        <v>119</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="H46" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>194</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>195</v>
+      </c>
+      <c r="D47" t="s">
+        <v>79</v>
+      </c>
+      <c r="E47" t="s">
+        <v>80</v>
+      </c>
+      <c r="F47" t="s">
+        <v>119</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="H47" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>198</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>199</v>
+      </c>
+      <c r="D48" t="s">
+        <v>79</v>
+      </c>
+      <c r="E48" t="s">
+        <v>80</v>
+      </c>
+      <c r="F48" t="s">
+        <v>119</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="H48" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>202</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>203</v>
+      </c>
+      <c r="D49" t="s">
+        <v>79</v>
+      </c>
+      <c r="E49" t="s">
+        <v>80</v>
+      </c>
+      <c r="F49" t="s">
+        <v>204</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="H49" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>207</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>208</v>
+      </c>
+      <c r="D50" t="s">
+        <v>79</v>
+      </c>
+      <c r="E50" t="s">
+        <v>80</v>
+      </c>
+      <c r="F50" t="s">
+        <v>55</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="H50" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>211</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>10</v>
+      </c>
+      <c r="D51" t="s">
+        <v>212</v>
+      </c>
+      <c r="E51" t="s">
+        <v>213</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H51" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>215</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>10</v>
+      </c>
+      <c r="D52" t="s">
+        <v>216</v>
+      </c>
+      <c r="E52" t="s">
+        <v>217</v>
+      </c>
+      <c r="F52" t="s">
+        <v>218</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="H52" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>221</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>22</v>
+      </c>
+      <c r="D53" t="s">
+        <v>216</v>
+      </c>
+      <c r="E53" t="s">
+        <v>217</v>
+      </c>
+      <c r="F53" t="s">
+        <v>218</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="H53" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>224</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>27</v>
+      </c>
+      <c r="D54" t="s">
+        <v>216</v>
+      </c>
+      <c r="E54" t="s">
+        <v>217</v>
+      </c>
+      <c r="F54" t="s">
+        <v>218</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="H54" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>227</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>42</v>
+      </c>
+      <c r="D55" t="s">
+        <v>216</v>
+      </c>
+      <c r="E55" t="s">
+        <v>217</v>
+      </c>
+      <c r="F55" t="s">
+        <v>218</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="H55" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>230</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>46</v>
+      </c>
+      <c r="D56" t="s">
+        <v>216</v>
+      </c>
+      <c r="E56" t="s">
+        <v>217</v>
+      </c>
+      <c r="F56" t="s">
+        <v>218</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="H56" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>233</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>50</v>
+      </c>
+      <c r="D57" t="s">
+        <v>216</v>
+      </c>
+      <c r="E57" t="s">
+        <v>217</v>
+      </c>
+      <c r="F57" t="s">
+        <v>218</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="H57" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>236</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>54</v>
+      </c>
+      <c r="D58" t="s">
+        <v>216</v>
+      </c>
+      <c r="E58" t="s">
+        <v>217</v>
+      </c>
+      <c r="F58" t="s">
+        <v>218</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="H58" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>239</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>59</v>
+      </c>
+      <c r="D59" t="s">
+        <v>216</v>
+      </c>
+      <c r="E59" t="s">
+        <v>217</v>
+      </c>
+      <c r="F59" t="s">
+        <v>218</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="H59" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>242</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>63</v>
+      </c>
+      <c r="D60" t="s">
+        <v>216</v>
+      </c>
+      <c r="E60" t="s">
+        <v>217</v>
+      </c>
+      <c r="F60" t="s">
+        <v>218</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="H60" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>245</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>67</v>
+      </c>
+      <c r="D61" t="s">
+        <v>216</v>
+      </c>
+      <c r="E61" t="s">
+        <v>217</v>
+      </c>
+      <c r="F61" t="s">
+        <v>218</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="H61" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>248</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>71</v>
+      </c>
+      <c r="D62" t="s">
+        <v>216</v>
+      </c>
+      <c r="E62" t="s">
+        <v>217</v>
+      </c>
+      <c r="F62" t="s">
+        <v>218</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="H62" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>251</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>75</v>
+      </c>
+      <c r="D63" t="s">
+        <v>216</v>
+      </c>
+      <c r="E63" t="s">
+        <v>217</v>
+      </c>
+      <c r="F63" t="s">
+        <v>218</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="H63" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>254</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>123</v>
+      </c>
+      <c r="D64" t="s">
+        <v>216</v>
+      </c>
+      <c r="E64" t="s">
+        <v>217</v>
+      </c>
+      <c r="F64" t="s">
+        <v>218</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="H64" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>257</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>127</v>
+      </c>
+      <c r="D65" t="s">
+        <v>216</v>
+      </c>
+      <c r="E65" t="s">
+        <v>217</v>
+      </c>
+      <c r="F65" t="s">
+        <v>218</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="H65" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>260</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>132</v>
+      </c>
+      <c r="D66" t="s">
+        <v>216</v>
+      </c>
+      <c r="E66" t="s">
+        <v>217</v>
+      </c>
+      <c r="F66" t="s">
+        <v>218</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="H66" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>263</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>136</v>
+      </c>
+      <c r="D67" t="s">
+        <v>216</v>
+      </c>
+      <c r="E67" t="s">
+        <v>217</v>
+      </c>
+      <c r="F67" t="s">
+        <v>218</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="H67" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>266</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>140</v>
+      </c>
+      <c r="D68" t="s">
+        <v>216</v>
+      </c>
+      <c r="E68" t="s">
+        <v>217</v>
+      </c>
+      <c r="F68" t="s">
+        <v>218</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="H68" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>269</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>144</v>
+      </c>
+      <c r="D69" t="s">
+        <v>216</v>
+      </c>
+      <c r="E69" t="s">
+        <v>217</v>
+      </c>
+      <c r="F69" t="s">
+        <v>218</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="H69" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>272</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>149</v>
+      </c>
+      <c r="D70" t="s">
+        <v>216</v>
+      </c>
+      <c r="E70" t="s">
+        <v>217</v>
+      </c>
+      <c r="F70" t="s">
+        <v>218</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="H70" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>275</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>153</v>
+      </c>
+      <c r="D71" t="s">
+        <v>216</v>
+      </c>
+      <c r="E71" t="s">
+        <v>217</v>
+      </c>
+      <c r="F71" t="s">
+        <v>218</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="H71" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>278</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>157</v>
+      </c>
+      <c r="D72" t="s">
+        <v>216</v>
+      </c>
+      <c r="E72" t="s">
+        <v>217</v>
+      </c>
+      <c r="F72" t="s">
+        <v>218</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="H72" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>281</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>162</v>
+      </c>
+      <c r="D73" t="s">
+        <v>216</v>
+      </c>
+      <c r="E73" t="s">
+        <v>217</v>
+      </c>
+      <c r="F73" t="s">
+        <v>218</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="H73" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>284</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>166</v>
+      </c>
+      <c r="D74" t="s">
+        <v>216</v>
+      </c>
+      <c r="E74" t="s">
+        <v>217</v>
+      </c>
+      <c r="F74" t="s">
+        <v>218</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H74" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>287</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>170</v>
+      </c>
+      <c r="D75" t="s">
+        <v>216</v>
+      </c>
+      <c r="E75" t="s">
+        <v>217</v>
+      </c>
+      <c r="F75" t="s">
+        <v>218</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="H75" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>290</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>175</v>
+      </c>
+      <c r="D76" t="s">
+        <v>216</v>
+      </c>
+      <c r="E76" t="s">
+        <v>217</v>
+      </c>
+      <c r="F76" t="s">
+        <v>218</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="H76" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>293</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>179</v>
+      </c>
+      <c r="D77" t="s">
+        <v>216</v>
+      </c>
+      <c r="E77" t="s">
+        <v>217</v>
+      </c>
+      <c r="F77" t="s">
+        <v>218</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="H77" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>296</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>183</v>
+      </c>
+      <c r="D78" t="s">
+        <v>216</v>
+      </c>
+      <c r="E78" t="s">
+        <v>217</v>
+      </c>
+      <c r="F78" t="s">
+        <v>218</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="H78" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>299</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>187</v>
+      </c>
+      <c r="D79" t="s">
+        <v>216</v>
+      </c>
+      <c r="E79" t="s">
+        <v>217</v>
+      </c>
+      <c r="F79" t="s">
+        <v>218</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="H79" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>302</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>191</v>
+      </c>
+      <c r="D80" t="s">
+        <v>216</v>
+      </c>
+      <c r="E80" t="s">
+        <v>217</v>
+      </c>
+      <c r="F80" t="s">
+        <v>218</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="H80" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>305</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>195</v>
+      </c>
+      <c r="D81" t="s">
+        <v>216</v>
+      </c>
+      <c r="E81" t="s">
+        <v>217</v>
+      </c>
+      <c r="F81" t="s">
+        <v>218</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="H81" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>308</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>199</v>
+      </c>
+      <c r="D82" t="s">
+        <v>216</v>
+      </c>
+      <c r="E82" t="s">
+        <v>217</v>
+      </c>
+      <c r="F82" t="s">
+        <v>218</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="H82" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>311</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>203</v>
+      </c>
+      <c r="D83" t="s">
+        <v>216</v>
+      </c>
+      <c r="E83" t="s">
+        <v>217</v>
+      </c>
+      <c r="F83" t="s">
+        <v>218</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="H83" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>314</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>208</v>
+      </c>
+      <c r="D84" t="s">
+        <v>216</v>
+      </c>
+      <c r="E84" t="s">
+        <v>217</v>
+      </c>
+      <c r="F84" t="s">
+        <v>218</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H84" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>317</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>318</v>
+      </c>
+      <c r="D85" t="s">
+        <v>216</v>
+      </c>
+      <c r="E85" t="s">
+        <v>217</v>
+      </c>
+      <c r="F85" t="s">
+        <v>218</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="H85" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>321</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>322</v>
+      </c>
+      <c r="D86" t="s">
+        <v>216</v>
+      </c>
+      <c r="E86" t="s">
+        <v>217</v>
+      </c>
+      <c r="F86" t="s">
+        <v>218</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="H86" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>325</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>326</v>
+      </c>
+      <c r="D87" t="s">
+        <v>216</v>
+      </c>
+      <c r="E87" t="s">
+        <v>217</v>
+      </c>
+      <c r="F87" t="s">
+        <v>218</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="H87" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>329</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>330</v>
+      </c>
+      <c r="D88" t="s">
+        <v>216</v>
+      </c>
+      <c r="E88" t="s">
+        <v>217</v>
+      </c>
+      <c r="F88" t="s">
+        <v>218</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="H88" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>333</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>334</v>
+      </c>
+      <c r="D89" t="s">
+        <v>216</v>
+      </c>
+      <c r="E89" t="s">
+        <v>217</v>
+      </c>
+      <c r="F89" t="s">
+        <v>55</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="H89" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>337</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>338</v>
+      </c>
+      <c r="D90" t="s">
+        <v>216</v>
+      </c>
+      <c r="E90" t="s">
+        <v>217</v>
+      </c>
+      <c r="F90" t="s">
+        <v>218</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="H90" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>341</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>342</v>
+      </c>
+      <c r="D91" t="s">
+        <v>216</v>
+      </c>
+      <c r="E91" t="s">
+        <v>217</v>
+      </c>
+      <c r="F91" t="s">
+        <v>145</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="H91" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>345</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>346</v>
+      </c>
+      <c r="D92" t="s">
+        <v>216</v>
+      </c>
+      <c r="E92" t="s">
+        <v>217</v>
+      </c>
+      <c r="F92" t="s">
+        <v>145</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="H92" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>349</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>350</v>
+      </c>
+      <c r="D93" t="s">
+        <v>216</v>
+      </c>
+      <c r="E93" t="s">
+        <v>217</v>
+      </c>
+      <c r="F93" t="s">
+        <v>145</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="H93" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>353</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>354</v>
+      </c>
+      <c r="D94" t="s">
+        <v>216</v>
+      </c>
+      <c r="E94" t="s">
+        <v>217</v>
+      </c>
+      <c r="F94" t="s">
+        <v>145</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="H94" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>357</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>358</v>
+      </c>
+      <c r="D95" t="s">
+        <v>216</v>
+      </c>
+      <c r="E95" t="s">
+        <v>217</v>
+      </c>
+      <c r="F95" t="s">
+        <v>145</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="H95" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>361</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>362</v>
+      </c>
+      <c r="D96" t="s">
+        <v>216</v>
+      </c>
+      <c r="E96" t="s">
+        <v>217</v>
+      </c>
+      <c r="F96" t="s">
+        <v>128</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="H96" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>365</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>366</v>
+      </c>
+      <c r="D97" t="s">
+        <v>216</v>
+      </c>
+      <c r="E97" t="s">
+        <v>217</v>
+      </c>
+      <c r="F97" t="s">
+        <v>128</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="H97" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>369</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>370</v>
+      </c>
+      <c r="D98" t="s">
+        <v>216</v>
+      </c>
+      <c r="E98" t="s">
+        <v>217</v>
+      </c>
+      <c r="F98" t="s">
+        <v>128</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="H98" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>373</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>374</v>
+      </c>
+      <c r="D99" t="s">
+        <v>216</v>
+      </c>
+      <c r="E99" t="s">
+        <v>217</v>
+      </c>
+      <c r="F99" t="s">
+        <v>128</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="H99" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>377</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>378</v>
+      </c>
+      <c r="D100" t="s">
+        <v>216</v>
+      </c>
+      <c r="E100" t="s">
+        <v>217</v>
+      </c>
+      <c r="F100" t="s">
+        <v>128</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="H100" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>381</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>382</v>
+      </c>
+      <c r="D101" t="s">
+        <v>216</v>
+      </c>
+      <c r="E101" t="s">
+        <v>217</v>
+      </c>
+      <c r="F101" t="s">
+        <v>128</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="H101" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>385</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>386</v>
+      </c>
+      <c r="D102" t="s">
+        <v>216</v>
+      </c>
+      <c r="E102" t="s">
+        <v>217</v>
+      </c>
+      <c r="F102" t="s">
+        <v>128</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="H102" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>389</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>390</v>
+      </c>
+      <c r="D103" t="s">
+        <v>216</v>
+      </c>
+      <c r="E103" t="s">
+        <v>217</v>
+      </c>
+      <c r="F103" t="s">
+        <v>128</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="H103" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>393</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>394</v>
+      </c>
+      <c r="D104" t="s">
+        <v>216</v>
+      </c>
+      <c r="E104" t="s">
+        <v>217</v>
+      </c>
+      <c r="F104" t="s">
+        <v>128</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="H104" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>397</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>398</v>
+      </c>
+      <c r="D105" t="s">
+        <v>216</v>
+      </c>
+      <c r="E105" t="s">
+        <v>217</v>
+      </c>
+      <c r="F105" t="s">
+        <v>128</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="H105" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>401</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>402</v>
+      </c>
+      <c r="D106" t="s">
+        <v>216</v>
+      </c>
+      <c r="E106" t="s">
+        <v>217</v>
+      </c>
+      <c r="F106" t="s">
+        <v>128</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="H106" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>405</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>406</v>
+      </c>
+      <c r="D107" t="s">
+        <v>216</v>
+      </c>
+      <c r="E107" t="s">
+        <v>217</v>
+      </c>
+      <c r="F107" t="s">
+        <v>128</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="H107" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>409</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>410</v>
+      </c>
+      <c r="D108" t="s">
+        <v>216</v>
+      </c>
+      <c r="E108" t="s">
+        <v>217</v>
+      </c>
+      <c r="F108" t="s">
+        <v>128</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="H108" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>413</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>414</v>
+      </c>
+      <c r="D109" t="s">
+        <v>216</v>
+      </c>
+      <c r="E109" t="s">
+        <v>217</v>
+      </c>
+      <c r="F109" t="s">
+        <v>91</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="H109" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>417</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>418</v>
+      </c>
+      <c r="D110" t="s">
+        <v>216</v>
+      </c>
+      <c r="E110" t="s">
+        <v>217</v>
+      </c>
+      <c r="F110" t="s">
+        <v>95</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="H110" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>421</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>422</v>
+      </c>
+      <c r="D111" t="s">
+        <v>216</v>
+      </c>
+      <c r="E111" t="s">
+        <v>217</v>
+      </c>
+      <c r="F111" t="s">
+        <v>95</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="H111" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>425</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>426</v>
+      </c>
+      <c r="D112" t="s">
+        <v>216</v>
+      </c>
+      <c r="E112" t="s">
+        <v>217</v>
+      </c>
+      <c r="F112" t="s">
+        <v>95</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="H112" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>429</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>430</v>
+      </c>
+      <c r="D113" t="s">
+        <v>216</v>
+      </c>
+      <c r="E113" t="s">
+        <v>217</v>
+      </c>
+      <c r="F113" t="s">
+        <v>99</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="H113" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>433</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>434</v>
+      </c>
+      <c r="D114" t="s">
+        <v>216</v>
+      </c>
+      <c r="E114" t="s">
+        <v>217</v>
+      </c>
+      <c r="F114" t="s">
+        <v>99</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="H114" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>437</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>438</v>
+      </c>
+      <c r="D115" t="s">
+        <v>216</v>
+      </c>
+      <c r="E115" t="s">
+        <v>217</v>
+      </c>
+      <c r="F115" t="s">
+        <v>99</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="H115" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>441</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>442</v>
+      </c>
+      <c r="D116" t="s">
+        <v>216</v>
+      </c>
+      <c r="E116" t="s">
+        <v>217</v>
+      </c>
+      <c r="F116" t="s">
+        <v>99</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="H116" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>445</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>446</v>
+      </c>
+      <c r="D117" t="s">
+        <v>216</v>
+      </c>
+      <c r="E117" t="s">
+        <v>217</v>
+      </c>
+      <c r="F117" t="s">
+        <v>99</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="H117" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>449</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>450</v>
+      </c>
+      <c r="D118" t="s">
+        <v>216</v>
+      </c>
+      <c r="E118" t="s">
+        <v>217</v>
+      </c>
+      <c r="F118" t="s">
+        <v>99</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="H118" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>453</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>454</v>
+      </c>
+      <c r="D119" t="s">
+        <v>216</v>
+      </c>
+      <c r="E119" t="s">
+        <v>217</v>
+      </c>
+      <c r="F119" t="s">
+        <v>218</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="H119" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>457</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>458</v>
+      </c>
+      <c r="D120" t="s">
+        <v>216</v>
+      </c>
+      <c r="E120" t="s">
+        <v>217</v>
+      </c>
+      <c r="F120" t="s">
+        <v>218</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="H120" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>461</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>462</v>
+      </c>
+      <c r="D121" t="s">
+        <v>216</v>
+      </c>
+      <c r="E121" t="s">
+        <v>217</v>
+      </c>
+      <c r="F121" t="s">
+        <v>218</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="H121" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>465</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>466</v>
+      </c>
+      <c r="D122" t="s">
+        <v>216</v>
+      </c>
+      <c r="E122" t="s">
+        <v>217</v>
+      </c>
+      <c r="F122" t="s">
+        <v>112</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="H122" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>469</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>470</v>
+      </c>
+      <c r="D123" t="s">
+        <v>216</v>
+      </c>
+      <c r="E123" t="s">
+        <v>217</v>
+      </c>
+      <c r="F123" t="s">
+        <v>112</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="H123" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>473</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>474</v>
+      </c>
+      <c r="D124" t="s">
+        <v>216</v>
+      </c>
+      <c r="E124" t="s">
+        <v>217</v>
+      </c>
+      <c r="F124" t="s">
+        <v>112</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="H124" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>477</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>478</v>
+      </c>
+      <c r="D125" t="s">
+        <v>216</v>
+      </c>
+      <c r="E125" t="s">
+        <v>217</v>
+      </c>
+      <c r="F125" t="s">
+        <v>112</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="H125" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>481</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>482</v>
+      </c>
+      <c r="D126" t="s">
+        <v>216</v>
+      </c>
+      <c r="E126" t="s">
+        <v>217</v>
+      </c>
+      <c r="F126" t="s">
+        <v>112</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="H126" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>485</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>486</v>
+      </c>
+      <c r="D127" t="s">
+        <v>216</v>
+      </c>
+      <c r="E127" t="s">
+        <v>217</v>
+      </c>
+      <c r="F127" t="s">
+        <v>112</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="H127" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>489</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>490</v>
+      </c>
+      <c r="D128" t="s">
+        <v>216</v>
+      </c>
+      <c r="E128" t="s">
+        <v>217</v>
+      </c>
+      <c r="F128" t="s">
+        <v>112</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="H128" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>493</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>494</v>
+      </c>
+      <c r="D129" t="s">
+        <v>216</v>
+      </c>
+      <c r="E129" t="s">
+        <v>217</v>
+      </c>
+      <c r="F129" t="s">
+        <v>112</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="H129" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>497</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>498</v>
+      </c>
+      <c r="D130" t="s">
+        <v>216</v>
+      </c>
+      <c r="E130" t="s">
+        <v>217</v>
+      </c>
+      <c r="F130" t="s">
+        <v>218</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="H130" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>501</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>502</v>
+      </c>
+      <c r="D131" t="s">
+        <v>216</v>
+      </c>
+      <c r="E131" t="s">
+        <v>217</v>
+      </c>
+      <c r="F131" t="s">
+        <v>112</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="H131" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>505</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>506</v>
+      </c>
+      <c r="D132" t="s">
+        <v>216</v>
+      </c>
+      <c r="E132" t="s">
+        <v>217</v>
+      </c>
+      <c r="F132" t="s">
+        <v>112</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="H132" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>509</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>510</v>
+      </c>
+      <c r="D133" t="s">
+        <v>216</v>
+      </c>
+      <c r="E133" t="s">
+        <v>217</v>
+      </c>
+      <c r="F133" t="s">
+        <v>112</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="H133" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>513</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>514</v>
+      </c>
+      <c r="D134" t="s">
+        <v>216</v>
+      </c>
+      <c r="E134" t="s">
+        <v>217</v>
+      </c>
+      <c r="F134" t="s">
+        <v>112</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="H134" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>517</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>518</v>
+      </c>
+      <c r="D135" t="s">
+        <v>216</v>
+      </c>
+      <c r="E135" t="s">
+        <v>217</v>
+      </c>
+      <c r="F135" t="s">
+        <v>112</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="H135" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>521</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>522</v>
+      </c>
+      <c r="D136" t="s">
+        <v>216</v>
+      </c>
+      <c r="E136" t="s">
+        <v>217</v>
+      </c>
+      <c r="F136" t="s">
+        <v>112</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="H136" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>525</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>526</v>
+      </c>
+      <c r="D137" t="s">
+        <v>216</v>
+      </c>
+      <c r="E137" t="s">
+        <v>217</v>
+      </c>
+      <c r="F137" t="s">
+        <v>158</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="H137" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>529</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>530</v>
+      </c>
+      <c r="D138" t="s">
+        <v>216</v>
+      </c>
+      <c r="E138" t="s">
+        <v>217</v>
+      </c>
+      <c r="F138" t="s">
+        <v>158</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="H138" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>533</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>534</v>
+      </c>
+      <c r="D139" t="s">
+        <v>216</v>
+      </c>
+      <c r="E139" t="s">
+        <v>217</v>
+      </c>
+      <c r="F139" t="s">
+        <v>158</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="H139" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>537</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>538</v>
+      </c>
+      <c r="D140" t="s">
+        <v>216</v>
+      </c>
+      <c r="E140" t="s">
+        <v>217</v>
+      </c>
+      <c r="F140" t="s">
+        <v>158</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="H140" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>541</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>542</v>
+      </c>
+      <c r="D141" t="s">
+        <v>216</v>
+      </c>
+      <c r="E141" t="s">
+        <v>217</v>
+      </c>
+      <c r="F141" t="s">
+        <v>158</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="H141" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>545</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>546</v>
+      </c>
+      <c r="D142" t="s">
+        <v>216</v>
+      </c>
+      <c r="E142" t="s">
+        <v>217</v>
+      </c>
+      <c r="F142" t="s">
+        <v>158</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="H142" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>549</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>550</v>
+      </c>
+      <c r="D143" t="s">
+        <v>216</v>
+      </c>
+      <c r="E143" t="s">
+        <v>217</v>
+      </c>
+      <c r="F143" t="s">
+        <v>158</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="H143" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>553</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>554</v>
+      </c>
+      <c r="D144" t="s">
+        <v>216</v>
+      </c>
+      <c r="E144" t="s">
+        <v>217</v>
+      </c>
+      <c r="F144" t="s">
+        <v>128</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="H144" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>557</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>558</v>
+      </c>
+      <c r="D145" t="s">
+        <v>216</v>
+      </c>
+      <c r="E145" t="s">
+        <v>217</v>
+      </c>
+      <c r="F145" t="s">
+        <v>128</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="H145" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>561</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>562</v>
+      </c>
+      <c r="D146" t="s">
+        <v>216</v>
+      </c>
+      <c r="E146" t="s">
+        <v>217</v>
+      </c>
+      <c r="F146" t="s">
+        <v>128</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="H146" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>565</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>566</v>
+      </c>
+      <c r="D147" t="s">
+        <v>216</v>
+      </c>
+      <c r="E147" t="s">
+        <v>217</v>
+      </c>
+      <c r="F147" t="s">
+        <v>128</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H147" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>568</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>569</v>
+      </c>
+      <c r="D148" t="s">
+        <v>216</v>
+      </c>
+      <c r="E148" t="s">
+        <v>217</v>
+      </c>
+      <c r="F148" t="s">
+        <v>145</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H148" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>571</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>572</v>
+      </c>
+      <c r="D149" t="s">
+        <v>216</v>
+      </c>
+      <c r="E149" t="s">
+        <v>217</v>
+      </c>
+      <c r="F149" t="s">
+        <v>145</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H149" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>574</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>575</v>
+      </c>
+      <c r="D150" t="s">
+        <v>216</v>
+      </c>
+      <c r="E150" t="s">
+        <v>217</v>
+      </c>
+      <c r="F150" t="s">
+        <v>145</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H150" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>577</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>578</v>
+      </c>
+      <c r="D151" t="s">
+        <v>216</v>
+      </c>
+      <c r="E151" t="s">
+        <v>217</v>
+      </c>
+      <c r="F151" t="s">
+        <v>145</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H151" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>580</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>581</v>
+      </c>
+      <c r="D152" t="s">
+        <v>216</v>
+      </c>
+      <c r="E152" t="s">
+        <v>217</v>
+      </c>
+      <c r="F152" t="s">
+        <v>145</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H152" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>583</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>584</v>
+      </c>
+      <c r="D153" t="s">
+        <v>216</v>
+      </c>
+      <c r="E153" t="s">
+        <v>217</v>
+      </c>
+      <c r="F153" t="s">
+        <v>145</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H153" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>586</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>587</v>
+      </c>
+      <c r="D154" t="s">
+        <v>216</v>
+      </c>
+      <c r="E154" t="s">
+        <v>217</v>
+      </c>
+      <c r="F154" t="s">
+        <v>145</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H154" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>589</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>590</v>
+      </c>
+      <c r="D155" t="s">
+        <v>216</v>
+      </c>
+      <c r="E155" t="s">
+        <v>217</v>
+      </c>
+      <c r="F155" t="s">
+        <v>112</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H155" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>592</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>593</v>
+      </c>
+      <c r="D156" t="s">
+        <v>216</v>
+      </c>
+      <c r="E156" t="s">
+        <v>217</v>
+      </c>
+      <c r="F156" t="s">
+        <v>112</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H156" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
+        <v>595</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>596</v>
+      </c>
+      <c r="D157" t="s">
+        <v>216</v>
+      </c>
+      <c r="E157" t="s">
+        <v>217</v>
+      </c>
+      <c r="F157" t="s">
+        <v>112</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H157" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>598</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>599</v>
+      </c>
+      <c r="D158" t="s">
+        <v>216</v>
+      </c>
+      <c r="E158" t="s">
+        <v>217</v>
+      </c>
+      <c r="F158" t="s">
+        <v>112</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H158" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" t="s">
+        <v>600</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>601</v>
+      </c>
+      <c r="D159" t="s">
+        <v>216</v>
+      </c>
+      <c r="E159" t="s">
+        <v>217</v>
+      </c>
+      <c r="F159" t="s">
+        <v>112</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H159" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>602</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>603</v>
+      </c>
+      <c r="D160" t="s">
+        <v>216</v>
+      </c>
+      <c r="E160" t="s">
+        <v>217</v>
+      </c>
+      <c r="F160" t="s">
+        <v>112</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H160" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" t="s">
+        <v>605</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>606</v>
+      </c>
+      <c r="D161" t="s">
+        <v>216</v>
+      </c>
+      <c r="E161" t="s">
+        <v>217</v>
+      </c>
+      <c r="F161" t="s">
+        <v>112</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H161" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" t="s">
+        <v>608</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>609</v>
+      </c>
+      <c r="D162" t="s">
+        <v>216</v>
+      </c>
+      <c r="E162" t="s">
+        <v>217</v>
+      </c>
+      <c r="F162" t="s">
+        <v>112</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H162" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163" t="s">
+        <v>611</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>612</v>
+      </c>
+      <c r="D163" t="s">
+        <v>216</v>
+      </c>
+      <c r="E163" t="s">
+        <v>217</v>
+      </c>
+      <c r="F163" t="s">
+        <v>112</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H163" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164" t="s">
+        <v>614</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>615</v>
+      </c>
+      <c r="D164" t="s">
+        <v>216</v>
+      </c>
+      <c r="E164" t="s">
+        <v>217</v>
+      </c>
+      <c r="F164" t="s">
+        <v>112</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H164" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165" t="s">
+        <v>617</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>618</v>
+      </c>
+      <c r="D165" t="s">
+        <v>216</v>
+      </c>
+      <c r="E165" t="s">
+        <v>217</v>
+      </c>
+      <c r="F165" t="s">
+        <v>112</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H165" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" t="s">
+        <v>620</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>621</v>
+      </c>
+      <c r="D166" t="s">
+        <v>216</v>
+      </c>
+      <c r="E166" t="s">
+        <v>217</v>
+      </c>
+      <c r="F166" t="s">
+        <v>112</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H166" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" t="s">
+        <v>623</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>624</v>
+      </c>
+      <c r="D167" t="s">
+        <v>216</v>
+      </c>
+      <c r="E167" t="s">
+        <v>217</v>
+      </c>
+      <c r="F167" t="s">
+        <v>112</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H167" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" t="s">
+        <v>626</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>627</v>
+      </c>
+      <c r="D168" t="s">
+        <v>216</v>
+      </c>
+      <c r="E168" t="s">
+        <v>217</v>
+      </c>
+      <c r="F168" t="s">
+        <v>628</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H168" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" t="s">
+        <v>630</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>631</v>
+      </c>
+      <c r="D169" t="s">
+        <v>216</v>
+      </c>
+      <c r="E169" t="s">
+        <v>217</v>
+      </c>
+      <c r="F169" t="s">
+        <v>628</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H169" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" t="s">
+        <v>633</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>634</v>
+      </c>
+      <c r="D170" t="s">
+        <v>216</v>
+      </c>
+      <c r="E170" t="s">
+        <v>217</v>
+      </c>
+      <c r="F170" t="s">
+        <v>628</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H170" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" t="s">
+        <v>636</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>637</v>
+      </c>
+      <c r="D171" t="s">
+        <v>216</v>
+      </c>
+      <c r="E171" t="s">
+        <v>217</v>
+      </c>
+      <c r="F171" t="s">
+        <v>628</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H171" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" t="s">
+        <v>639</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>640</v>
+      </c>
+      <c r="D172" t="s">
+        <v>216</v>
+      </c>
+      <c r="E172" t="s">
+        <v>217</v>
+      </c>
+      <c r="F172" t="s">
+        <v>628</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H172" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173" t="s">
+        <v>642</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>643</v>
+      </c>
+      <c r="D173" t="s">
+        <v>216</v>
+      </c>
+      <c r="E173" t="s">
+        <v>217</v>
+      </c>
+      <c r="F173" t="s">
+        <v>628</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H173" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" t="s">
+        <v>645</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>646</v>
+      </c>
+      <c r="D174" t="s">
+        <v>216</v>
+      </c>
+      <c r="E174" t="s">
+        <v>217</v>
+      </c>
+      <c r="F174" t="s">
+        <v>145</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H174" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" t="s">
+        <v>648</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>649</v>
+      </c>
+      <c r="D175" t="s">
+        <v>216</v>
+      </c>
+      <c r="E175" t="s">
+        <v>217</v>
+      </c>
+      <c r="F175" t="s">
+        <v>158</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="H175" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" t="s">
+        <v>652</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>653</v>
+      </c>
+      <c r="D176" t="s">
+        <v>216</v>
+      </c>
+      <c r="E176" t="s">
+        <v>217</v>
+      </c>
+      <c r="F176" t="s">
+        <v>158</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="H176" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" t="s">
+        <v>656</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>657</v>
+      </c>
+      <c r="D177" t="s">
+        <v>216</v>
+      </c>
+      <c r="E177" t="s">
+        <v>217</v>
+      </c>
+      <c r="F177" t="s">
+        <v>158</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="H177" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" t="s">
+        <v>660</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>661</v>
+      </c>
+      <c r="D178" t="s">
+        <v>216</v>
+      </c>
+      <c r="E178" t="s">
+        <v>217</v>
+      </c>
+      <c r="F178" t="s">
+        <v>158</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="H178" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" t="s">
+        <v>664</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>665</v>
+      </c>
+      <c r="D179" t="s">
+        <v>216</v>
+      </c>
+      <c r="E179" t="s">
+        <v>217</v>
+      </c>
+      <c r="F179" t="s">
+        <v>158</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="H179" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" t="s">
+        <v>668</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>669</v>
+      </c>
+      <c r="D180" t="s">
+        <v>216</v>
+      </c>
+      <c r="E180" t="s">
+        <v>217</v>
+      </c>
+      <c r="F180" t="s">
+        <v>158</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="H180" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181" t="s">
+        <v>672</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>673</v>
+      </c>
+      <c r="D181" t="s">
+        <v>216</v>
+      </c>
+      <c r="E181" t="s">
+        <v>217</v>
+      </c>
+      <c r="F181" t="s">
+        <v>158</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="H181" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" t="s">
+        <v>676</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>677</v>
+      </c>
+      <c r="D182" t="s">
+        <v>216</v>
+      </c>
+      <c r="E182" t="s">
+        <v>217</v>
+      </c>
+      <c r="F182" t="s">
+        <v>158</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="H182" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" t="s">
+        <v>680</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>681</v>
+      </c>
+      <c r="D183" t="s">
+        <v>216</v>
+      </c>
+      <c r="E183" t="s">
+        <v>217</v>
+      </c>
+      <c r="F183" t="s">
+        <v>158</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="H183" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" t="s">
+        <v>683</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>684</v>
+      </c>
+      <c r="D184" t="s">
+        <v>216</v>
+      </c>
+      <c r="E184" t="s">
+        <v>217</v>
+      </c>
+      <c r="F184" t="s">
+        <v>158</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="H184" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185" t="s">
+        <v>687</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
+        <v>688</v>
+      </c>
+      <c r="D185" t="s">
+        <v>216</v>
+      </c>
+      <c r="E185" t="s">
+        <v>217</v>
+      </c>
+      <c r="F185" t="s">
+        <v>55</v>
+      </c>
+      <c r="G185" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="H185" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186" t="s">
+        <v>691</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>692</v>
+      </c>
+      <c r="D186" t="s">
+        <v>216</v>
+      </c>
+      <c r="E186" t="s">
+        <v>217</v>
+      </c>
+      <c r="F186" t="s">
+        <v>55</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="H186" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" t="s">
+        <v>695</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>696</v>
+      </c>
+      <c r="D187" t="s">
+        <v>216</v>
+      </c>
+      <c r="E187" t="s">
+        <v>217</v>
+      </c>
+      <c r="F187" t="s">
+        <v>55</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="H187" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188" t="s">
+        <v>699</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>700</v>
+      </c>
+      <c r="D188" t="s">
+        <v>216</v>
+      </c>
+      <c r="E188" t="s">
+        <v>217</v>
+      </c>
+      <c r="F188" t="s">
+        <v>158</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="H188" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" t="s">
+        <v>703</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>704</v>
+      </c>
+      <c r="D189" t="s">
+        <v>216</v>
+      </c>
+      <c r="E189" t="s">
+        <v>217</v>
+      </c>
+      <c r="F189" t="s">
+        <v>171</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="H189" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" t="s">
+        <v>707</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
+        <v>708</v>
+      </c>
+      <c r="D190" t="s">
+        <v>216</v>
+      </c>
+      <c r="E190" t="s">
+        <v>217</v>
+      </c>
+      <c r="F190" t="s">
+        <v>171</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="H190" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" t="s">
+        <v>711</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>712</v>
+      </c>
+      <c r="D191" t="s">
+        <v>216</v>
+      </c>
+      <c r="E191" t="s">
+        <v>217</v>
+      </c>
+      <c r="F191" t="s">
+        <v>99</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="H191" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" t="s">
+        <v>715</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>716</v>
+      </c>
+      <c r="D192" t="s">
+        <v>216</v>
+      </c>
+      <c r="E192" t="s">
+        <v>217</v>
+      </c>
+      <c r="F192" t="s">
+        <v>112</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="H192" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" t="s">
+        <v>719</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>720</v>
+      </c>
+      <c r="D193" t="s">
+        <v>216</v>
+      </c>
+      <c r="E193" t="s">
+        <v>217</v>
+      </c>
+      <c r="F193" t="s">
+        <v>112</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="H193" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" t="s">
+        <v>723</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>724</v>
+      </c>
+      <c r="D194" t="s">
+        <v>216</v>
+      </c>
+      <c r="E194" t="s">
+        <v>217</v>
+      </c>
+      <c r="F194" t="s">
+        <v>112</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="H194" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>727</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>728</v>
+      </c>
+      <c r="D195" t="s">
+        <v>216</v>
+      </c>
+      <c r="E195" t="s">
+        <v>217</v>
+      </c>
+      <c r="F195" t="s">
+        <v>112</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="H195" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>731</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>732</v>
+      </c>
+      <c r="D196" t="s">
+        <v>216</v>
+      </c>
+      <c r="E196" t="s">
+        <v>217</v>
+      </c>
+      <c r="F196" t="s">
+        <v>112</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="H196" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>735</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>736</v>
+      </c>
+      <c r="D197" t="s">
+        <v>216</v>
+      </c>
+      <c r="E197" t="s">
+        <v>217</v>
+      </c>
+      <c r="F197" t="s">
+        <v>112</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="H197" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>739</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>740</v>
+      </c>
+      <c r="D198" t="s">
+        <v>216</v>
+      </c>
+      <c r="E198" t="s">
+        <v>217</v>
+      </c>
+      <c r="F198" t="s">
+        <v>112</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="H198" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>743</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>744</v>
+      </c>
+      <c r="D199" t="s">
+        <v>216</v>
+      </c>
+      <c r="E199" t="s">
+        <v>217</v>
+      </c>
+      <c r="F199" t="s">
+        <v>112</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>745</v>
+      </c>
+      <c r="H199" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>747</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>748</v>
+      </c>
+      <c r="D200" t="s">
+        <v>216</v>
+      </c>
+      <c r="E200" t="s">
+        <v>217</v>
+      </c>
+      <c r="F200" t="s">
+        <v>628</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="H200" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>751</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>752</v>
+      </c>
+      <c r="D201" t="s">
+        <v>216</v>
+      </c>
+      <c r="E201" t="s">
+        <v>217</v>
+      </c>
+      <c r="F201" t="s">
+        <v>628</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="H201" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>755</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>756</v>
+      </c>
+      <c r="D202" t="s">
+        <v>216</v>
+      </c>
+      <c r="E202" t="s">
+        <v>217</v>
+      </c>
+      <c r="F202" t="s">
+        <v>145</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="H202" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>759</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>760</v>
+      </c>
+      <c r="D203" t="s">
+        <v>216</v>
+      </c>
+      <c r="E203" t="s">
+        <v>217</v>
+      </c>
+      <c r="F203" t="s">
+        <v>145</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="H203" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>763</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>764</v>
+      </c>
+      <c r="D204" t="s">
+        <v>216</v>
+      </c>
+      <c r="E204" t="s">
+        <v>217</v>
+      </c>
+      <c r="F204" t="s">
+        <v>145</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="H204" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>767</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>768</v>
+      </c>
+      <c r="D205" t="s">
+        <v>216</v>
+      </c>
+      <c r="E205" t="s">
+        <v>217</v>
+      </c>
+      <c r="F205" t="s">
+        <v>145</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="H205" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>771</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>772</v>
+      </c>
+      <c r="D206" t="s">
+        <v>216</v>
+      </c>
+      <c r="E206" t="s">
+        <v>217</v>
+      </c>
+      <c r="F206" t="s">
+        <v>145</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="H206" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>775</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>776</v>
+      </c>
+      <c r="D207" t="s">
+        <v>216</v>
+      </c>
+      <c r="E207" t="s">
+        <v>217</v>
+      </c>
+      <c r="F207" t="s">
+        <v>145</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="H207" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>779</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>780</v>
+      </c>
+      <c r="D208" t="s">
+        <v>216</v>
+      </c>
+      <c r="E208" t="s">
+        <v>217</v>
+      </c>
+      <c r="F208" t="s">
+        <v>145</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>781</v>
+      </c>
+      <c r="H208" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="s">
+        <v>783</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>784</v>
+      </c>
+      <c r="D209" t="s">
+        <v>216</v>
+      </c>
+      <c r="E209" t="s">
+        <v>217</v>
+      </c>
+      <c r="F209" t="s">
+        <v>128</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="H209" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" t="s">
+        <v>787</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>788</v>
+      </c>
+      <c r="D210" t="s">
+        <v>216</v>
+      </c>
+      <c r="E210" t="s">
+        <v>217</v>
+      </c>
+      <c r="F210" t="s">
+        <v>128</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="H210" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" t="s">
+        <v>791</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>792</v>
+      </c>
+      <c r="D211" t="s">
+        <v>216</v>
+      </c>
+      <c r="E211" t="s">
+        <v>217</v>
+      </c>
+      <c r="F211" t="s">
+        <v>128</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="H211" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" t="s">
+        <v>795</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>796</v>
+      </c>
+      <c r="D212" t="s">
+        <v>216</v>
+      </c>
+      <c r="E212" t="s">
+        <v>217</v>
+      </c>
+      <c r="F212" t="s">
+        <v>112</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="H212" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" t="s">
+        <v>799</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>800</v>
+      </c>
+      <c r="D213" t="s">
+        <v>216</v>
+      </c>
+      <c r="E213" t="s">
+        <v>217</v>
+      </c>
+      <c r="F213" t="s">
+        <v>112</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="H213" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="s">
+        <v>803</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>804</v>
+      </c>
+      <c r="D214" t="s">
+        <v>216</v>
+      </c>
+      <c r="E214" t="s">
+        <v>217</v>
+      </c>
+      <c r="F214" t="s">
+        <v>112</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="H214" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" t="s">
+        <v>807</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>808</v>
+      </c>
+      <c r="D215" t="s">
+        <v>216</v>
+      </c>
+      <c r="E215" t="s">
+        <v>217</v>
+      </c>
+      <c r="F215" t="s">
+        <v>112</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>809</v>
+      </c>
+      <c r="H215" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" t="s">
+        <v>811</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
+        <v>812</v>
+      </c>
+      <c r="D216" t="s">
+        <v>216</v>
+      </c>
+      <c r="E216" t="s">
+        <v>217</v>
+      </c>
+      <c r="F216" t="s">
+        <v>112</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="H216" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217" t="s">
+        <v>815</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>816</v>
+      </c>
+      <c r="D217" t="s">
+        <v>216</v>
+      </c>
+      <c r="E217" t="s">
+        <v>217</v>
+      </c>
+      <c r="F217" t="s">
+        <v>112</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="H217" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218" t="s">
+        <v>819</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>820</v>
+      </c>
+      <c r="D218" t="s">
+        <v>216</v>
+      </c>
+      <c r="E218" t="s">
+        <v>217</v>
+      </c>
+      <c r="F218" t="s">
+        <v>112</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="H218" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" t="s">
+        <v>823</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>824</v>
+      </c>
+      <c r="D219" t="s">
+        <v>216</v>
+      </c>
+      <c r="E219" t="s">
+        <v>217</v>
+      </c>
+      <c r="F219" t="s">
+        <v>112</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="H219" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220" t="s">
+        <v>827</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>828</v>
+      </c>
+      <c r="D220" t="s">
+        <v>216</v>
+      </c>
+      <c r="E220" t="s">
+        <v>217</v>
+      </c>
+      <c r="F220" t="s">
+        <v>112</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="H220" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221" t="s">
+        <v>831</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
+        <v>832</v>
+      </c>
+      <c r="D221" t="s">
+        <v>216</v>
+      </c>
+      <c r="E221" t="s">
+        <v>217</v>
+      </c>
+      <c r="F221" t="s">
+        <v>112</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="H221" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222" t="s">
+        <v>835</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
+        <v>836</v>
+      </c>
+      <c r="D222" t="s">
+        <v>216</v>
+      </c>
+      <c r="E222" t="s">
+        <v>217</v>
+      </c>
+      <c r="F222" t="s">
+        <v>112</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>837</v>
+      </c>
+      <c r="H222" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8">
+      <c r="A223" t="s">
+        <v>839</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C223" t="s">
+        <v>840</v>
+      </c>
+      <c r="D223" t="s">
+        <v>216</v>
+      </c>
+      <c r="E223" t="s">
+        <v>217</v>
+      </c>
+      <c r="F223" t="s">
+        <v>112</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="H223" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8">
+      <c r="A224" t="s">
+        <v>843</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
+        <v>844</v>
+      </c>
+      <c r="D224" t="s">
+        <v>216</v>
+      </c>
+      <c r="E224" t="s">
+        <v>217</v>
+      </c>
+      <c r="F224" t="s">
+        <v>112</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="H224" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8">
+      <c r="A225" t="s">
+        <v>847</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
+        <v>848</v>
+      </c>
+      <c r="D225" t="s">
+        <v>216</v>
+      </c>
+      <c r="E225" t="s">
+        <v>217</v>
+      </c>
+      <c r="F225" t="s">
+        <v>91</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="H225" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8">
+      <c r="A226" t="s">
+        <v>851</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
+        <v>852</v>
+      </c>
+      <c r="D226" t="s">
+        <v>216</v>
+      </c>
+      <c r="E226" t="s">
+        <v>217</v>
+      </c>
+      <c r="F226" t="s">
+        <v>119</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="H226" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8">
+      <c r="A227" t="s">
+        <v>855</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
+        <v>856</v>
+      </c>
+      <c r="D227" t="s">
+        <v>216</v>
+      </c>
+      <c r="E227" t="s">
+        <v>217</v>
+      </c>
+      <c r="F227" t="s">
+        <v>119</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="H227" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8">
+      <c r="A228" t="s">
+        <v>859</v>
+      </c>
+      <c r="B228" t="s">
+        <v>9</v>
+      </c>
+      <c r="C228" t="s">
+        <v>860</v>
+      </c>
+      <c r="D228" t="s">
+        <v>216</v>
+      </c>
+      <c r="E228" t="s">
+        <v>217</v>
+      </c>
+      <c r="F228" t="s">
+        <v>99</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="H228" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8">
+      <c r="A229" t="s">
+        <v>862</v>
+      </c>
+      <c r="B229" t="s">
+        <v>9</v>
+      </c>
+      <c r="C229" t="s">
+        <v>863</v>
+      </c>
+      <c r="D229" t="s">
+        <v>216</v>
+      </c>
+      <c r="E229" t="s">
+        <v>217</v>
+      </c>
+      <c r="F229" t="s">
+        <v>99</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>864</v>
+      </c>
+      <c r="H229" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8">
+      <c r="A230" t="s">
+        <v>866</v>
+      </c>
+      <c r="B230" t="s">
+        <v>9</v>
+      </c>
+      <c r="C230" t="s">
+        <v>867</v>
+      </c>
+      <c r="D230" t="s">
+        <v>216</v>
+      </c>
+      <c r="E230" t="s">
+        <v>217</v>
+      </c>
+      <c r="F230" t="s">
+        <v>99</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>868</v>
+      </c>
+      <c r="H230" t="s">
+        <v>869</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
+    <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
+    <hyperlink ref="G112" r:id="rId111"/>
+    <hyperlink ref="G113" r:id="rId112"/>
+    <hyperlink ref="G114" r:id="rId113"/>
+    <hyperlink ref="G115" r:id="rId114"/>
+    <hyperlink ref="G116" r:id="rId115"/>
+    <hyperlink ref="G117" r:id="rId116"/>
+    <hyperlink ref="G118" r:id="rId117"/>
+    <hyperlink ref="G119" r:id="rId118"/>
+    <hyperlink ref="G120" r:id="rId119"/>
+    <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
+    <hyperlink ref="G126" r:id="rId125"/>
+    <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
+    <hyperlink ref="G130" r:id="rId129"/>
+    <hyperlink ref="G131" r:id="rId130"/>
+    <hyperlink ref="G132" r:id="rId131"/>
+    <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
+    <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
+    <hyperlink ref="G137" r:id="rId136"/>
+    <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
+    <hyperlink ref="G145" r:id="rId144"/>
+    <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
+    <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
+    <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
+    <hyperlink ref="G156" r:id="rId155"/>
+    <hyperlink ref="G157" r:id="rId156"/>
+    <hyperlink ref="G158" r:id="rId157"/>
+    <hyperlink ref="G159" r:id="rId158"/>
+    <hyperlink ref="G160" r:id="rId159"/>
+    <hyperlink ref="G161" r:id="rId160"/>
+    <hyperlink ref="G162" r:id="rId161"/>
+    <hyperlink ref="G163" r:id="rId162"/>
+    <hyperlink ref="G164" r:id="rId163"/>
+    <hyperlink ref="G165" r:id="rId164"/>
+    <hyperlink ref="G166" r:id="rId165"/>
+    <hyperlink ref="G167" r:id="rId166"/>
+    <hyperlink ref="G168" r:id="rId167"/>
+    <hyperlink ref="G169" r:id="rId168"/>
+    <hyperlink ref="G170" r:id="rId169"/>
+    <hyperlink ref="G171" r:id="rId170"/>
+    <hyperlink ref="G172" r:id="rId171"/>
+    <hyperlink ref="G173" r:id="rId172"/>
+    <hyperlink ref="G174" r:id="rId173"/>
+    <hyperlink ref="G175" r:id="rId174"/>
+    <hyperlink ref="G176" r:id="rId175"/>
+    <hyperlink ref="G177" r:id="rId176"/>
+    <hyperlink ref="G178" r:id="rId177"/>
+    <hyperlink ref="G179" r:id="rId178"/>
+    <hyperlink ref="G180" r:id="rId179"/>
+    <hyperlink ref="G181" r:id="rId180"/>
+    <hyperlink ref="G182" r:id="rId181"/>
+    <hyperlink ref="G183" r:id="rId182"/>
+    <hyperlink ref="G184" r:id="rId183"/>
+    <hyperlink ref="G185" r:id="rId184"/>
+    <hyperlink ref="G186" r:id="rId185"/>
+    <hyperlink ref="G187" r:id="rId186"/>
+    <hyperlink ref="G188" r:id="rId187"/>
+    <hyperlink ref="G189" r:id="rId188"/>
+    <hyperlink ref="G190" r:id="rId189"/>
+    <hyperlink ref="G191" r:id="rId190"/>
+    <hyperlink ref="G192" r:id="rId191"/>
+    <hyperlink ref="G193" r:id="rId192"/>
+    <hyperlink ref="G194" r:id="rId193"/>
+    <hyperlink ref="G195" r:id="rId194"/>
+    <hyperlink ref="G196" r:id="rId195"/>
+    <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
+    <hyperlink ref="G200" r:id="rId199"/>
+    <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
+    <hyperlink ref="G208" r:id="rId207"/>
+    <hyperlink ref="G209" r:id="rId208"/>
+    <hyperlink ref="G210" r:id="rId209"/>
+    <hyperlink ref="G211" r:id="rId210"/>
+    <hyperlink ref="G212" r:id="rId211"/>
+    <hyperlink ref="G213" r:id="rId212"/>
+    <hyperlink ref="G214" r:id="rId213"/>
+    <hyperlink ref="G215" r:id="rId214"/>
+    <hyperlink ref="G216" r:id="rId215"/>
+    <hyperlink ref="G217" r:id="rId216"/>
+    <hyperlink ref="G218" r:id="rId217"/>
+    <hyperlink ref="G219" r:id="rId218"/>
+    <hyperlink ref="G220" r:id="rId219"/>
+    <hyperlink ref="G221" r:id="rId220"/>
+    <hyperlink ref="G222" r:id="rId221"/>
+    <hyperlink ref="G223" r:id="rId222"/>
+    <hyperlink ref="G224" r:id="rId223"/>
+    <hyperlink ref="G225" r:id="rId224"/>
+    <hyperlink ref="G226" r:id="rId225"/>
+    <hyperlink ref="G227" r:id="rId226"/>
+    <hyperlink ref="G228" r:id="rId227"/>
+    <hyperlink ref="G229" r:id="rId228"/>
+    <hyperlink ref="G230" r:id="rId229"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>